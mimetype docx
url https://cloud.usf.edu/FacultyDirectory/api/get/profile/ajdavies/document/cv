--- v0 (2025-10-10)
+++ v1 (2026-03-19)
@@ -5,5826 +5,9734 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00B308E1" w14:textId="77777777" w:rsidR="002D65A9" w:rsidRPr="006C58F3" w:rsidRDefault="002D65A9">
+    <w:p w14:paraId="00B308E1" w14:textId="77777777" w:rsidR="002D65A9" w:rsidRPr="005C63E4" w:rsidRDefault="002D65A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Curriculum Vitae</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6858FB" w14:textId="77777777" w:rsidR="002D65A9" w:rsidRPr="006C58F3" w:rsidRDefault="002D65A9">
+    <w:p w14:paraId="6F6858FB" w14:textId="77777777" w:rsidR="002D65A9" w:rsidRPr="005C63E4" w:rsidRDefault="002D65A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="112A8CB3" w14:textId="77777777" w:rsidR="009578E0" w:rsidRPr="006C58F3" w:rsidRDefault="009578E0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112A8CB3" w14:textId="22C349A4" w:rsidR="009578E0" w:rsidRPr="005C63E4" w:rsidRDefault="009578E0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adam James Davies</w:t>
       </w:r>
-      <w:r w:rsidR="002D65A9" w:rsidRPr="006C58F3">
-[...8 lines deleted...]
-    <w:p w14:paraId="09E1B153" w14:textId="77777777" w:rsidR="004D65E8" w:rsidRDefault="002D65A9">
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DNP, CRNA, </w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APRN, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E026A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00435453">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, CHSOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E1B153" w14:textId="77777777" w:rsidR="004D65E8" w:rsidRPr="005C63E4" w:rsidRDefault="002D65A9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida, College of Nursing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2864631B" w14:textId="54A2F018" w:rsidR="009578E0" w:rsidRPr="006C58F3" w:rsidRDefault="002D65A9">
+    <w:p w14:paraId="122A2C92" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="2E3ABF80" w14:textId="1D67F3F4" w:rsidR="00922D05" w:rsidRPr="004D65E8" w:rsidRDefault="00922D05">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>12901 Bruce B. Downs Boulevard, MDC22, Tampa, FL  33602</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3ABF80" w14:textId="44B6090C" w:rsidR="00922D05" w:rsidRDefault="005C63E4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...114 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">352-232-4365, </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="006F5FDA" w:rsidRPr="00A90063">
+        <w:r w:rsidRPr="00566CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-            <w:u w:val="none"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ajdavies@usf.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3743548C" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="006C58F3" w:rsidRDefault="006F5FDA">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4F9FA976" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="005C63E4" w:rsidRDefault="005C63E4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="668F7872" w14:textId="515902A8" w:rsidR="002D65A9" w:rsidRDefault="00A90063">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2A3AAD" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677538F4" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="004D65E8" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Doctorate of Nursing Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E241E6" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of North Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EFF7E9" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jacksonville, Florida</w:t>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C951DE5" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C41EF05" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="004D65E8" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Master of Science Nursing – Nurse Anesthesia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32ABD3B4" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of North Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6013C5F2" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acksonville, Florida</w:t>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF7D4BF" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E42A33" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="004D65E8" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bachelor of Science Nursing</w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FD12CE" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Tampa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B9334E" w14:textId="681F1AF9" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tampa, Florida</w:t>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F615FB2" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EF62E6" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="004D65E8" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Associate in Arts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446245C6" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Associate Science Emergency Medical Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319AC7AA" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Associate Science Nursing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1094960C" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pasco Hernando Community College</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30612EFD" w14:textId="2A9FEB44" w:rsidR="002D65A9" w:rsidRPr="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>New Port Richey, FL</w:t>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D65A9" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA795DC" w14:textId="71003B03" w:rsidR="002D65A9" w:rsidRPr="005C63E4" w:rsidRDefault="002D65A9" w:rsidP="004D65E8">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1809BC6F" w14:textId="2312E4F3" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F66E00D" w14:textId="6C0A4BE2" w:rsidR="00D908CD" w:rsidRDefault="005C63E4" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>POST GRADUATE TRAINING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBD2D07" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4796FA" w14:textId="6990F078" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Canvas Rx: Essential Practices for Modern Nursing Faculty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6777BFBF" w14:textId="7ED6CEE1" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida, College of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7803F4CD" w14:textId="46E38163" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Tampa, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A5330F" w14:textId="70A485FC" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B44E923" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Didactic Educator Micro-credential</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0105B43D" w14:textId="6F2A99AD" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...53 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D908CD" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Association of Nurse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D908CD" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anesthesiology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C01E18A" w14:textId="703BF79F" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12C16" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>osemont, IL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9249E1" w14:textId="77777777" w:rsidR="004D65E8" w:rsidRPr="005C63E4" w:rsidRDefault="004D65E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD52C2F" w14:textId="4DEA6FD0" w:rsidR="004D65E8" w:rsidRDefault="00A90063">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BOARD CERTIFICATION AND LICENSURE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D702F1A" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRDefault="00514FC4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1AEA6C" w14:textId="737DF59B" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2013 – present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certified Registered Nurse Anesthetist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CRNA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29ADE4A6" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Board of Certification and Recertification for Nurse Anesthetists</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NBCRNA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA5CA33" w14:textId="5E8183E6" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exp. 07/31/2029</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524AEF34" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4919B4A2" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2013 – present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advanced Practice Registered Nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3905FD5B" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Florida Board of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC76E4A" w14:textId="4ECEF49A" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exp. 04/30/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1081">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DEE2E7" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF6B496" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2006 – present </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered Nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C79AF36" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Florida Board of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B37F7A" w14:textId="02E51F3F" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exp. 04/30/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1081">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2E30B5" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735D9A4F" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 – </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C58F3">
-[...6 lines deleted...]
-        <w:t>Doctorate of Nursing</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C58F3">
-[...9 lines deleted...]
-    <w:p w14:paraId="1A8C1BCB" w14:textId="77777777" w:rsidR="00EF7E79" w:rsidRPr="006C58F3" w:rsidRDefault="00EF7E79" w:rsidP="004D65E8">
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certified Healthcare Simulation Educator (CHSE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0F4ADF" w14:textId="0F8368BF" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Society for Simulation in Healthcare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB832E9" w14:textId="1D44D8EB" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exp. 09/22/2028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75917946" w14:textId="77777777" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1313A6" w14:textId="2B9208D0" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149372E9" w14:textId="0616605C" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certified Healthcare Simulation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operations Specialist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(CHS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77AC09B1" w14:textId="77777777" w:rsidR="00BE06D0" w:rsidRPr="005C63E4" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Society for Simulation in Healthcare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFCBC38" w14:textId="0367DE15" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE06D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE06D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11/27/2028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0E9C32" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62089882" w14:textId="4587FD56" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CERTIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68707E01" w14:textId="40E836C6" w:rsidR="00D43BF2" w:rsidRPr="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152D5DFA" w14:textId="278A10F7" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QPR Suicide Training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087AF5FF" w14:textId="76B98EB2" w:rsidR="005C63E4" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QPR Institute</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47063A03" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRDefault="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F2CB21" w14:textId="4D34FEFD" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Heart Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05678510" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advanced Cardiac Life Support Certification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6862A5" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129D37C0" w14:textId="47460A0F" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Heart Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34707221" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pediatric Advance Life Support Certification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D72A5D" w14:textId="77777777" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="005C63E4" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51810B79" w14:textId="64FCB119" w:rsidR="005C63E4" w:rsidRPr="008D6C0A" w:rsidRDefault="00D43BF2" w:rsidP="005C63E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C63E4" w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Heart Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB32E13" w14:textId="4D22E924" w:rsidR="004D65E8" w:rsidRPr="00D43BF2" w:rsidRDefault="005C63E4" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Basic Life Support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786CE406" w14:textId="77777777" w:rsidR="004D65E8" w:rsidRPr="005C63E4" w:rsidRDefault="004D65E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7A873C" w14:textId="2D3CAC67" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="006F5FDA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL EXPERIENCE</w:t>
+      </w:r>
+      <w:r w:rsidR="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- ACADEMDIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37829A93" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74BC115A" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="004D65E8" w:rsidP="004D65E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024-Present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assistant Professor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF28FF8" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8A1B0D" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tampa, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F161576" w14:textId="6A14A490" w:rsidR="006F5FDA" w:rsidRPr="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602B3B99" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C43C514" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-Present </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Simulation Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesiology Program</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3E9C" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2" w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2" w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2" w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2" w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEC5235" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tampa, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1A68BD" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4F72B7" w14:textId="5F30D7F3" w:rsidR="008A3E9C" w:rsidRPr="005C63E4" w:rsidRDefault="008A3E9C" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A2EFF9" w14:textId="12590EEB" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022-2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Facult</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y, Nurse Anesthesia Program</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F83E42E" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D58178" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tampa, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D49A62" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College of Nursing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A221B7E" w14:textId="77777777" w:rsidR="00BF4E7E" w:rsidRDefault="00BF4E7E" w:rsidP="00E026A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6809D3" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="00577814" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL EXPERIENCE – CLINICAL PRACTICE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5B350D" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00E026A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5480FAA8" w14:textId="003132C8" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023-Present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Staff Certified Registered Nurse Anesthetist (CRNA)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731CD69F" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HealthTrust HCA Physician Services </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790632FB" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oak Hill Hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34627890" w14:textId="6CBBBB1D" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brooksville, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638BD5A1" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705BEC92" w14:textId="068F6213" w:rsidR="00E319FB" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2018-2023       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Staff Certified Registered Nurse Anesthetist (CRNA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E92276F" w14:textId="4D772503" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Greater Florida Anesthesiologists, LLC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FF946F" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advent Health Tampa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tampa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EE2842" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advent Health Wesley Chapel Wesley Chapel, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358B6630" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advent Health Carrollwood Tampa, FL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5563D67D" w14:textId="3FDBFCCE" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700749DF" w14:textId="5F3D7FFC" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021-2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chief CRNA </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E319FB" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A9D8AF" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Greater Florida Anesthesiologists, LLC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EAA856" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advent Health Tampa Tampa, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D48C142" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advent Health Wesley Chapel Wesley Chapel, FL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2AEEE5" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advent Health Carrollwood Tampa, FL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6C992E" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76AC82AB" w14:textId="433D45C3" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015-2018       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Staff Certified Registered Nurse Anesthetist (CRNA)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531DC006" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anesthesiologist Associates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375C8138" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regional Medical Center Bayonet Point Bayonet Point, Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D60F6B" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hernando Endoscopy and Surgery Center Brooksville, Florida </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191A600E" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bayonet Point Surgery and Endoscopy Center Hudson, Florida </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E3A705" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bayfront Health Dade City Dade City, Florida </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8B2B8D" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4912BE07" w14:textId="3C4123B3" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014-2015      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Staff Certified Registered Nurse Anesthetist (CRNA)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F10EB7B" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anesthesiologist Associates Oak Hill Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7726BED3" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oak Hill Hospital Brooksville, Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24738922" w14:textId="77777777" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F60A727" w14:textId="782BBF22" w:rsidR="006F5FDA" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2006-Present   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Heart Association Training Center Faculty (BLS/ACLS/PALS)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FDA" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46563721" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional Medical Educators, Inc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF6D8A4" w14:textId="415072F0" w:rsidR="00A90063" w:rsidRPr="005C63E4" w:rsidRDefault="006F5FDA" w:rsidP="00A90063">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lake Worth, F</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lorida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523508FD" w14:textId="77777777" w:rsidR="0090639E" w:rsidRPr="005C63E4" w:rsidRDefault="0090639E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560C6188" w14:textId="462345AE" w:rsidR="0046574F" w:rsidRPr="005C63E4" w:rsidRDefault="0090639E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AWARDS AND DISTINCTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00088E0F" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRDefault="00D43BF2" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DB021E" w14:textId="633E9044" w:rsidR="0090639E" w:rsidRPr="005C63E4" w:rsidRDefault="0090639E" w:rsidP="00D43BF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D43BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>USF College of Nursing Faculty Rising Star Award</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DA7F6A" w14:textId="77777777" w:rsidR="0090639E" w:rsidRPr="005C63E4" w:rsidRDefault="0090639E" w:rsidP="0090639E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6A7616" w14:textId="4F2B3D2C" w:rsidR="0046574F" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PUBLICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5E199B" w14:textId="77777777" w:rsidR="00B11269" w:rsidRDefault="00B11269">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D073CB" w14:textId="48CE7EC4" w:rsidR="00B11269" w:rsidRPr="00435453" w:rsidRDefault="00B11269" w:rsidP="00435453">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051277B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Peer-reviewed Manuscripts – Published</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="720"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / In Press</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4530E889" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="00B11269" w:rsidRDefault="00B11269" w:rsidP="00B11269">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1893 lines deleted...]
-    <w:p w14:paraId="377ECB7F" w14:textId="4F3FB355" w:rsidR="00A90063" w:rsidRPr="00A90063" w:rsidRDefault="0046574F" w:rsidP="00A90063">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33DD4198" w14:textId="418DFAA2" w:rsidR="00286812" w:rsidRDefault="00286812" w:rsidP="00286812">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diaz, M., Maldonado, K., Rawson, E., Canale, M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...89 lines deleted...]
-        <w:t>doi:</w:t>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, &amp; Dabney, C. L. (2026). Perioperative guidelines for peripheral nerve blocks.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>56</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2), 15–22.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00A90063">
+        <w:r w:rsidRPr="005E77F0">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>http</w:t>
-[...8 lines deleted...]
-          <w:t>://dx.doi.org/10.14419/ijans.v3i1.1526</w:t>
+          <w:t>https://doi.org/10.1097/NSG.0000000000000330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54A3E4E6" w14:textId="58F858FA" w:rsidR="0046574F" w:rsidRPr="00A90063" w:rsidRDefault="0046574F" w:rsidP="00A90063">
+    <w:p w14:paraId="32110FB0" w14:textId="60BD3DF7" w:rsidR="00286812" w:rsidRDefault="00286812" w:rsidP="00286812">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5015C4" w14:textId="77777777" w:rsidR="00286812" w:rsidRPr="005C63E4" w:rsidRDefault="00286812" w:rsidP="00286812">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Davies, A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A90063">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., W. Patrick, M., &amp; Gerard, H. (2016). Implementing an educational program to increase preoperative screening for obstructive sleep apnea using the stop-bang questionnaire. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Advanced Nursing Studies, 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A90063">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 56-59. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9124CC" w14:textId="77777777" w:rsidR="0046574F" w:rsidRPr="006C58F3" w:rsidRDefault="0046574F" w:rsidP="0046574F">
+    <w:p w14:paraId="046007C1" w14:textId="77777777" w:rsidR="00286812" w:rsidRDefault="00286812" w:rsidP="00286812">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006C58F3">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>doi:</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="006C58F3">
+        <w:r w:rsidRPr="005C63E4">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="006C58F3">
+        <w:r w:rsidRPr="005C63E4">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>://dx.doi.org/10.14419/ijans.v5i1.5551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B84B7F0" w14:textId="77777777" w:rsidR="0046574F" w:rsidRPr="006C58F3" w:rsidRDefault="0046574F">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4DB903DE" w14:textId="77777777" w:rsidR="00286812" w:rsidRPr="00432DB5" w:rsidRDefault="00286812" w:rsidP="00286812">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377ECB7F" w14:textId="2BF73174" w:rsidR="00A90063" w:rsidRDefault="0046574F" w:rsidP="00A90063">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., Murphy, M., Monaghan, W., &amp; Cushenbery, C. (2014).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sticky situation: best practice to secure endotracheal tubes in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operating room. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International Journal of Advanced Nursing Studies,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 20-23. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>doi:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="005C63E4">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>http</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="005C63E4">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>://dx.doi.org/10.14419/ijans.v3i1.1526</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5DF7ECA3" w14:textId="77777777" w:rsidR="00D43BF2" w:rsidRPr="005C63E4" w:rsidRDefault="00D43BF2" w:rsidP="00B11269">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C64221" w14:textId="77777777" w:rsidR="00435453" w:rsidRDefault="00435453" w:rsidP="00435453">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593FFD24" w14:textId="2CE1E90E" w:rsidR="00E026A9" w:rsidRPr="005C63E4" w:rsidRDefault="00E026A9" w:rsidP="00B11269">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B84B7F0" w14:textId="1EB1F3F2" w:rsidR="0046574F" w:rsidRDefault="00A3539A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Accepted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DD0F2A" w14:textId="77777777" w:rsidR="00432DB5" w:rsidRDefault="00432DB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E76473" w14:textId="1CE70ED4" w:rsidR="00286812" w:rsidRPr="00286812" w:rsidRDefault="00432DB5" w:rsidP="00286812">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submitted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098A6AF2" w14:textId="126B6F96" w:rsidR="00286812" w:rsidRPr="00286812" w:rsidRDefault="00286812" w:rsidP="00286812">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509FFDDD" w14:textId="0B53603E" w:rsidR="00286812" w:rsidRPr="00286812" w:rsidRDefault="00286812" w:rsidP="00D74414">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gongora, S., Congress, K., Curtis, D., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286812">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enhancing Communication in Local Anesthetic Handoffs: Implementation of an SBAR-Based Handoff Form. (2026, January 24) [Manuscript submitted for publication to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International Journal of Advanced Nursing Studies].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47510077" w14:textId="77777777" w:rsidR="00286812" w:rsidRPr="00286812" w:rsidRDefault="00286812" w:rsidP="00286812">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC32FD1" w14:textId="6730A7BD" w:rsidR="00A3539A" w:rsidRPr="000C21A1" w:rsidRDefault="000C21A1" w:rsidP="00D74414">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Davies, A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>., Maldonado, K., Diaz, M., Rawson, E., Canale, M., Zhang, S., &amp; Dabney, C. (2025, December 31).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>GLP-1 receptor agonists: What CRNAs need to know about their expanding role</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>[Manuscript submitted for publication to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>AANA Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C21A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14498DD7" w14:textId="138B35AA" w:rsidR="000C21A1" w:rsidRPr="000C21A1" w:rsidRDefault="000C21A1" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E60BA63" w14:textId="27DD6751" w:rsidR="007C70C5" w:rsidRPr="005C63E4" w:rsidRDefault="0046574F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C58F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poster Presentations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69639445" w14:textId="77777777" w:rsidR="0046574F" w:rsidRDefault="0046574F" w:rsidP="0046574F">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="69639445" w14:textId="77777777" w:rsidR="0046574F" w:rsidRPr="005C63E4" w:rsidRDefault="0046574F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B76655E" w14:textId="7AD31131" w:rsidR="005A720D" w:rsidRDefault="005A720D" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A27D920" w14:textId="77777777" w:rsidR="005A720D" w:rsidRDefault="005A720D" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF9258F" w14:textId="10186087" w:rsidR="005A720D" w:rsidRPr="005A720D" w:rsidRDefault="005A720D" w:rsidP="005A720D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Rawson, E. (2026, June 10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Igniting Preparedness: Simulation for Intraoperative Airway Fire Response. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International Nursing Association of Clinical Simulation and Learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>INACSL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INACSL 26. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A720D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Oklahoma City, Oklahoma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448657E8" w14:textId="77777777" w:rsidR="005A720D" w:rsidRDefault="005A720D" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C5439B" w14:textId="281B9094" w:rsidR="00A90063" w:rsidRPr="00B11269" w:rsidRDefault="00A90063" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41197172" w14:textId="23134368" w:rsidR="0046574F" w:rsidRPr="00A90063" w:rsidRDefault="007C70C5" w:rsidP="00A90063">
-      <w:pPr>
+    <w:p w14:paraId="6A4A02FD" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="00C8232C" w:rsidRDefault="00B11269" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C830C63" w14:textId="44866681" w:rsidR="00307FA0" w:rsidRPr="00C8232C" w:rsidRDefault="00C8232C" w:rsidP="002D6625">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congress, K., Curtis, D., Gongora, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Wofford, K., Diaz, M. (2026, April 12). SBAR Handoff to Enhance Communication in Local Anesthetic Handoffs. </w:t>
+      </w:r>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t>periOperative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Registered Nurses (AORN) Global Surgical Conference &amp; Expo 2026. New Orleans, Louisiana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E54A06D" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="00C8232C" w:rsidRDefault="00514FC4" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20526FFA" w14:textId="4E2CD33D" w:rsidR="00307FA0" w:rsidRPr="00C8232C" w:rsidRDefault="00C8232C" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">McDaniel, K., Klink, M., Meitzner, O., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Wofford, K., Diaz, M. (2026, April 12). Implementing a Spinal-Induced Hypotension Bundle for Elective Cesarean Sections.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t>periOperative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Registered Nurses (AORN) Global Surgical Conference &amp; Expo 2026. New Orleans, Louisiana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBCE17A" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="00C8232C" w:rsidRDefault="00514FC4" w:rsidP="00514FC4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69377993" w14:textId="2CCC5BF7" w:rsidR="00307FA0" w:rsidRPr="00C8232C" w:rsidRDefault="00C8232C" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Franks, L., Gochenaur, P., Wilcox, A., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Wofford, K., Diaz, M. (2026, April 12). Standardized Hand-Off Tool for Perioperative Patients.</w:t>
+      </w:r>
+      <w:r w:rsidR="0071623C" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t>periOperative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00307FA0" w:rsidRPr="00C8232C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="001D35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Registered Nurses (AORN) Global Surgical Conference &amp; Expo 2026. New Orleans, Louisiana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12730713" w14:textId="3E2E1989" w:rsidR="00514FC4" w:rsidRPr="00514FC4" w:rsidRDefault="00514FC4" w:rsidP="00514FC4">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A9E3F0" w14:textId="30B10D3C" w:rsidR="00E319FB" w:rsidRPr="001A4045" w:rsidRDefault="007C70C5" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Murphy, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00E026A9" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Monaghan, W.P., &amp; Cushenbery, C.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2013</w:t>
+      </w:r>
+      <w:r w:rsidR="00432DB5" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, August</w:t>
+      </w:r>
+      <w:r w:rsidR="000C21A1" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4045" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sticky Situation: Best Practice to Secure </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Endotracheal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tubes in the Operating Room</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. American Association of Nurse</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90063" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anesthetists Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="00E026A9" w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Las Vegas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nevada </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B7E5264" w14:textId="77777777" w:rsidR="00432DB5" w:rsidRPr="00B11269" w:rsidRDefault="00432DB5" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DA91277" w14:textId="77777777" w:rsidR="00B11269" w:rsidRDefault="00B11269" w:rsidP="00B11269">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DCF03A" w14:textId="77777777" w:rsidR="000C21A1" w:rsidRPr="000C21A1" w:rsidRDefault="000C21A1" w:rsidP="00B11269">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E01CBD" w14:textId="01BC5261" w:rsidR="00E026A9" w:rsidRDefault="00E026A9" w:rsidP="00B11269">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congress, K., Curtis, D., Gongora, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00432DB5" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidR="000C21A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enhancing Communication in Local Anesthetic Handoffs: Implementation of an SBAR-Based Form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Florida Association of Nurse Anesthesiology Annual Meeting 2025. Orlando, Florida. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38469541" w14:textId="77777777" w:rsidR="00432DB5" w:rsidRDefault="00432DB5" w:rsidP="00432DB5">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6079ADAD" w14:textId="43BBD07F" w:rsidR="00432DB5" w:rsidRDefault="00432DB5" w:rsidP="00432DB5">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Local</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9E9BD5" w14:textId="77777777" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00432DB5">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF725E0" w14:textId="08821716" w:rsidR="00432DB5" w:rsidRPr="00432DB5" w:rsidRDefault="00432DB5" w:rsidP="00432DB5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Congress, K., Curtis, D., Gongora, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Davies, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2026, March 6)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enhancing Communication in Local Anesthetic Handoffs: Implementation of an SBAR-Based Form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212121"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">USF </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00432DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Day. Tampa, FL, USA.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D05C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00432DB5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>https://health.usf.edu/research/research-days</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="42E941D2" w14:textId="74D21FEB" w:rsidR="00E026A9" w:rsidRPr="00432DB5" w:rsidRDefault="00E026A9" w:rsidP="00432DB5">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C8DC9A6" w14:textId="1C89712A" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Invited Presentations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E63F4B" w14:textId="421D97A0" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DED4B5C" w14:textId="5DC832D5" w:rsidR="005A720D" w:rsidRDefault="005A720D" w:rsidP="005A720D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755FEF83" w14:textId="77777777" w:rsidR="00C80FD2" w:rsidRDefault="00C80FD2" w:rsidP="001A4045">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EBCD69" w14:textId="6DA7E60D" w:rsidR="00C80FD2" w:rsidRPr="001A4045" w:rsidRDefault="00C80FD2" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C80FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Implementing a Simulation-Based Bootcamp to Prepare Nurse Anesthesiology Residents for Safe Clinical Transition</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International Nursing Association of Clinical Simulation and Learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>INACSL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INACSL 26. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Oklahoma City, Oklahoma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5833E758" w14:textId="77777777" w:rsidR="00C80FD2" w:rsidRDefault="00C80FD2" w:rsidP="00C80FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="748A9C48" w14:textId="77777777" w:rsidR="00C80FD2" w:rsidRPr="00C80FD2" w:rsidRDefault="00C80FD2" w:rsidP="00C80FD2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="610876F7" w14:textId="77777777" w:rsidR="005A720D" w:rsidRDefault="005A720D" w:rsidP="005A720D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28894E58" w14:textId="04BDC507" w:rsidR="00B11269" w:rsidRDefault="00B11269" w:rsidP="00B11269">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D72F2D7" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="00B11269" w:rsidRDefault="00B11269" w:rsidP="001A4045">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C805641" w14:textId="07BA1346" w:rsidR="00B11269" w:rsidRPr="001A4045" w:rsidRDefault="00B11269" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Snoring Isn’t Harmless: What Every Anesthesia Provider Should Know About</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OSA</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Florida Association of Nurse Anesthesiology Annual Meeting, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783B2B15" w14:textId="02E43F10" w:rsidR="00B11269" w:rsidRPr="00B11269" w:rsidRDefault="00B11269" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Orlando, F</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lorida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C496D8E" w14:textId="77777777" w:rsidR="00D908CD" w:rsidRPr="005C63E4" w:rsidRDefault="00D908CD" w:rsidP="00D908CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCC6BA5" w14:textId="29092593" w:rsidR="00B71A5D" w:rsidRDefault="00A90063" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>TEACHING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6D53E4" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="00B11269" w:rsidRDefault="00B11269" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69F03C4D" w14:textId="1D7DFF44" w:rsidR="00B11269" w:rsidRDefault="00B11269" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CURRICULUM DEVELOPMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7CE67F" w14:textId="77777777" w:rsidR="001A4045" w:rsidRDefault="001A4045" w:rsidP="001A4045">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="371417A5" w14:textId="1E3DF7E1" w:rsidR="00D81EC4" w:rsidRPr="001A4045" w:rsidRDefault="00D81EC4" w:rsidP="00D81EC4">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 644</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L Nurse Anesthesia Simulation Lab I, Lead Faculty, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Developed 12-Lead EKG checkoff to meet Council on Accreditation (COA) standard E.2.2.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308345A8" w14:textId="77777777" w:rsidR="00D81EC4" w:rsidRDefault="00D81EC4" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3213AF37" w14:textId="5A775EF8" w:rsidR="001A4045" w:rsidRPr="001A4045" w:rsidRDefault="001A4045" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 644</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L Nurse Anesthesia Simulation Lab I, Lead Faculty, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Generated new aspiration scenario and supporting curriculum based on previous student feedback.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD41418" w14:textId="77777777" w:rsidR="001A4045" w:rsidRDefault="001A4045" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C12B0CD" w14:textId="04E3377B" w:rsidR="001A4045" w:rsidRPr="001A4045" w:rsidRDefault="001A4045" w:rsidP="001A4045">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGR 6442L Nurse Anesthesia Simulation Lab III, Lead Faculty, Fall, 2025. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Generated two new cardiac arrest scenarios and supporting curriculum based on previous student feedback.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EADC95B" w14:textId="77777777" w:rsidR="001A4045" w:rsidRPr="001A4045" w:rsidRDefault="001A4045" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47942B6D" w14:textId="77777777" w:rsidR="00850376" w:rsidRPr="001A4045" w:rsidRDefault="00850376" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751CD7FD" w14:textId="7EA21EA6" w:rsidR="00850376" w:rsidRDefault="00850376" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:iCs/>
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRACTICE ACTIVITIES/INNOVATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBA3ECA" w14:textId="3F975D4F" w:rsidR="009B7FBD" w:rsidRDefault="009B7FBD" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7EC99E" w14:textId="77777777" w:rsidR="009B7FBD" w:rsidRDefault="009B7FBD" w:rsidP="009B7FBD">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Abstract Reviewer, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SimOps</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 Annual Meeting, Society for Simulation in </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC3146B" w14:textId="5DD2E3EC" w:rsidR="009B7FBD" w:rsidRPr="009B7FBD" w:rsidRDefault="009B7FBD" w:rsidP="009B7FBD">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Healthcare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48162E3E" w14:textId="77777777" w:rsidR="00B11269" w:rsidRDefault="00B11269" w:rsidP="00B11269">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="134AE0BD" w14:textId="2C9A3C6A" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00B11269">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00121078" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C58F3">
-[...58 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contributor,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C58F3">
-[...130 lines deleted...]
-    <w:p w14:paraId="134AE0BD" w14:textId="5CADF5A8" w:rsidR="00850376" w:rsidRDefault="00850376" w:rsidP="00EF7E79">
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National League for Nursing Center of Excellence (COE) in Nursing Education Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2555F9FA" w14:textId="77777777" w:rsidR="00121078" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00EF7E79">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1826AEFB" w14:textId="0326AF77" w:rsidR="00121078" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00B11269">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contributor, American Association of Colleges of Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">idterm </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Continuous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Improvement Progress Report (CIPR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D9BA0C" w14:textId="77777777" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF4BA38" w14:textId="68E72EAB" w:rsidR="00A90063" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ADVISING AND MENTORING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E545CD" w14:textId="77777777" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21419B22" w14:textId="33F77F4F" w:rsidR="003E5721" w:rsidRDefault="003E5721" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Advising:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B4C318" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="005C63E4" w:rsidRDefault="00B11269" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E495B7" w14:textId="79FF2D4D" w:rsidR="00850376" w:rsidRDefault="00850376" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Undergraduate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52310DA5" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="005C63E4" w:rsidRDefault="00514FC4" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330031C7" w14:textId="39CE0211" w:rsidR="00850376" w:rsidRDefault="00850376" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-2025: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Medi-Futures USF Mentorship Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8802B3" w14:textId="77777777" w:rsidR="00B11269" w:rsidRPr="005C63E4" w:rsidRDefault="00B11269" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5422A4B2" w14:textId="26FD1EFA" w:rsidR="003E5721" w:rsidRDefault="003E5721" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E60E643" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="005C63E4" w:rsidRDefault="00514FC4" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B9C243" w14:textId="310DA7BC" w:rsidR="0087350F" w:rsidRPr="0087350F" w:rsidRDefault="00035AE4" w:rsidP="0087350F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-2026: </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seta, A., Neswold, K., Robinson, S., Davies, A. </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Speak Up for Safety: Standardizing Anesthetic Handoffs to Prevent LAST</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00850376">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0087350F" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DNP Program), Primary Advisor, College of Nursing, USF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9223FB" w14:textId="567CFE5D" w:rsidR="00035AE4" w:rsidRPr="0087350F" w:rsidRDefault="00035AE4" w:rsidP="0087350F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-2026:</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00850376">
-[...9 lines deleted...]
-    <w:p w14:paraId="2555F9FA" w14:textId="77777777" w:rsidR="00121078" w:rsidRDefault="00121078" w:rsidP="00EF7E79">
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brink,</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N., </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brooks,</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C., </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comeaux</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leveraging Visual Aids to Improve Procedural Compliance in High-Acuity, Low-</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Occurrence (HALO) Simulation Scenarios: A Quality Improvement Project</w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087350F" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(DNP Program), Primary Advisor, College of Nursing, USF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270D4730" w14:textId="07DFF0F2" w:rsidR="003E5721" w:rsidRPr="00B11269" w:rsidRDefault="003E5721" w:rsidP="00B11269">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Congress,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K., Curtis, D., Gongora, S. Davies, A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enhancing</w:t>
+      </w:r>
+      <w:r w:rsidR="00393917" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communication in local anesthetic handoffs: of an SBAR-Based handoff form (DNP Program), Primary Advisor, College of Nursing, USF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3904D652" w14:textId="77777777" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="204B93E4" w14:textId="2F3CAD38" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Student Mentorship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD96D2D" w14:textId="1AC09B4A" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F56C3F3" w14:textId="6398D1BD" w:rsidR="000C21A1" w:rsidRDefault="000C21A1" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Present  Tyler</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mantle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4D3980" w14:textId="278218EB" w:rsidR="000C21A1" w:rsidRDefault="006776B7" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Cheyenne Brooks </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B1BC85" w14:textId="43A7C5A5" w:rsidR="006776B7" w:rsidRDefault="006776B7" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Trevor Foggia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5E1A63" w14:textId="5FD3F827" w:rsidR="006776B7" w:rsidRDefault="006776B7" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Allison Allmer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F304DB3" w14:textId="1721A986" w:rsidR="006776B7" w:rsidRDefault="006776B7" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Sarah Garcia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAD76E9" w14:textId="5D4C348E" w:rsidR="006776B7" w:rsidRPr="000C21A1" w:rsidRDefault="006776B7" w:rsidP="000C21A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Maria Pennella</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5760222F" w14:textId="22A933CB" w:rsidR="003E5721" w:rsidRPr="00B11269" w:rsidRDefault="003E5721" w:rsidP="001C7671">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00393917" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Michael Boyer</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00393917" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00393917" w:rsidRPr="00B11269">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFBC9DB" w14:textId="77777777" w:rsidR="00035AE4" w:rsidRDefault="00393917" w:rsidP="00035AE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kimberly Castro </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florid</w:t>
+      </w:r>
+      <w:r w:rsidR="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D89C01C" w14:textId="77777777" w:rsidR="00035AE4" w:rsidRDefault="00393917" w:rsidP="001C7671">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kelsey Congress </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DFA73A" w14:textId="77777777" w:rsidR="00035AE4" w:rsidRDefault="00393917" w:rsidP="001C7671">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kayla Harper </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nursing</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52760BB1" w14:textId="77777777" w:rsidR="00035AE4" w:rsidRDefault="00393917" w:rsidP="00035AE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grace Javie</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8AE780" w14:textId="77777777" w:rsidR="00035AE4" w:rsidRDefault="00393917" w:rsidP="00035AE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Catherine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quintana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Rivas </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E928649" w14:textId="0F946F9F" w:rsidR="00393917" w:rsidRPr="00035AE4" w:rsidRDefault="00393917" w:rsidP="00035AE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-Present </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eyeneys Valdivia Gonzalez </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursing </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7671" w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00035AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DFB346" w14:textId="77777777" w:rsidR="00393917" w:rsidRPr="005C63E4" w:rsidRDefault="00393917" w:rsidP="001C7671">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:left="720"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="099EE142" w14:textId="34B09065" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7E79" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EACHING RESPONSIBILITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FAD479" w14:textId="77777777" w:rsidR="001C7671" w:rsidRDefault="001C7671" w:rsidP="00393917">
+      <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BACF3C6" w14:textId="00A0C6E4" w:rsidR="00393917" w:rsidRPr="001C7671" w:rsidRDefault="00393917" w:rsidP="00393917">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of South Florida, College of Nursing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C7671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AD1897" w14:textId="77777777" w:rsidR="00BE06D0" w:rsidRDefault="00393917" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate Courses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411B7AC0" w14:textId="1FCF73AA" w:rsidR="00BE06D0" w:rsidRPr="005C63E4" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurse Anesthesia Simulation Lab I (NGR 6440L); </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lead </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty, Spring 20</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5640F004" w14:textId="138F7AC5" w:rsidR="00BE06D0" w:rsidRPr="005C63E4" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pharmacology for Nurse Anesthesia I (NGR 6460); Faculty, Spring 202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1444A23F" w14:textId="61FAF10D" w:rsidR="00BE06D0" w:rsidRPr="005C63E4" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DNP Project II (NGR 7955C); Faculty, Spring 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F25404" w14:textId="281107BB" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFA0E12" w14:textId="7DEFE9FA" w:rsidR="003F6118" w:rsidRPr="005C63E4" w:rsidRDefault="003F6118" w:rsidP="003F6118">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab III (NGR 6442L); Lead Faculty, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FA6CCF" w14:textId="29C0AAB3" w:rsidR="003F6118" w:rsidRPr="005C63E4" w:rsidRDefault="003F6118" w:rsidP="003F6118">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Theoretical Foundations of Nurse Anesthesia Practice: Advanced Principles II (NGR 6424), Lead Faculty, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2CF161" w14:textId="1A13D32B" w:rsidR="003F6118" w:rsidRPr="005C63E4" w:rsidRDefault="003F6118" w:rsidP="003F6118">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DNP Project I (NGR 7955C); Faculty, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D95B02" w14:textId="3645D2AF" w:rsidR="003F6118" w:rsidRPr="005C63E4" w:rsidRDefault="003F6118" w:rsidP="003F6118">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DNP Project IV (NGR 7958C); Faculty, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D711C4B" w14:textId="77777777" w:rsidR="003F6118" w:rsidRPr="005C63E4" w:rsidRDefault="003F6118" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2126955D" w14:textId="15A041DE" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurse Anesthesia Simulation Lab II (NGR 6441L); Lead Faculty, Summer 2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FFA04C" w14:textId="1C566ACD" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DNP Project Phase III (NGR 7957C); Faculty, Summer 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293B1B31" w14:textId="77777777" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15756D8F" w14:textId="29A9DC11" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab I (NGR 6440L); Faculty, Spring 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43176BC2" w14:textId="77777777" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Foundations of Anesthesia Practice (NGR 6420); Faculty, Spring 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB7AF6B" w14:textId="77777777" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pharmacology for Nurse Anesthesia I (NGR 6460); Faculty, Spring 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D1629B" w14:textId="77777777" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DNP Project II (NGR 7955C); Faculty, Spring 2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ECBED9" w14:textId="77777777" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D9C0181" w14:textId="67F88D53" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="00C3498A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab III (NGR 6442L); Faculty, Fall 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABDF791" w14:textId="77777777" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="00C3498A">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theoretical Foundations of Nurse Anesthesia Practice: Advanced Principles II (NGR 6424), Faculty, Fall 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1131389F" w14:textId="77777777" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="00933145" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DNP Project I (NGR 7955C); Faculty, Fall 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6367C2AF" w14:textId="77777777" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0803F7BB" w14:textId="20F0056E" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurse Anesthesia Simulation Lab I (NGR 6440L); </w:t>
+      </w:r>
+      <w:r w:rsidR="00933145" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjunct </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty, Spring 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0690896A" w14:textId="3A4BF2AB" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="00C3498A" w:rsidP="003E5721">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurse Anesthesia Simulation Lab II (NGR 6441L); </w:t>
+      </w:r>
+      <w:r w:rsidR="00933145" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjunct </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty, Summer 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C2DABC" w14:textId="0EA96CCE" w:rsidR="003E5721" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3498A" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGR 6440L); Adjunct Faculty, Spring 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1049E228" w14:textId="14BFD6C8" w:rsidR="00C3498A" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab II</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3498A" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGR 6441L); Adjunct Faculty, Summer 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E3A903" w14:textId="1E9F761F" w:rsidR="00933145" w:rsidRPr="005C63E4" w:rsidRDefault="003E5721" w:rsidP="00933145">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nurse Anesthesia Simulation Lab III</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3498A" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGR 6442L); Adjunct Faculty, Fall 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C7D59C" w14:textId="77777777" w:rsidR="00A90063" w:rsidRPr="005C63E4" w:rsidRDefault="00A90063" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="725F7A2C" w14:textId="56C08D28" w:rsidR="0046574F" w:rsidRPr="005C63E4" w:rsidRDefault="0046574F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00393917" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ERVICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7BD781" w14:textId="77777777" w:rsidR="00393917" w:rsidRPr="005C63E4" w:rsidRDefault="00393917" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45EFCD1C" w14:textId="72FE72E2" w:rsidR="00815B33" w:rsidRDefault="00393917" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>College:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459BD2AA" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="00BE06D0" w:rsidRDefault="00514FC4" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641F66FD" w14:textId="77777777" w:rsidR="00BE06D0" w:rsidRDefault="00BE06D0" w:rsidP="00BE06D0">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technology Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5BF277" w14:textId="1B6A7CCB" w:rsidR="00121078" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00815B33">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-present </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Awards Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEFE35B" w14:textId="7004E4EC" w:rsidR="00121078" w:rsidRPr="00815B33" w:rsidRDefault="00121078" w:rsidP="00815B33">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BE06D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate Admissions and Progressions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C323B39" w14:textId="76AFE362" w:rsidR="00121078" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00815B33">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Simulation </w:t>
+      </w:r>
+      <w:r w:rsidR="009665C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3463E0A6" w14:textId="516327E8" w:rsidR="004D5AEF" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00815B33">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-present </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Treasure</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BE06D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC30E9B" w14:textId="702CE3AC" w:rsidR="00815B33" w:rsidRDefault="007030BB" w:rsidP="00815B33">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>05/</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5AEF" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>09/25</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5AEF" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vice Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5AEF" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D5AEF" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Admissions and Progressions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51876F46" w14:textId="43AF76D1" w:rsidR="00D96F8F" w:rsidRDefault="007030BB" w:rsidP="00815B33">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>09/25-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BE06D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate Admissions and Progressions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA541BB" w14:textId="397AA3D1" w:rsidR="009665C8" w:rsidRPr="005C63E4" w:rsidRDefault="009665C8" w:rsidP="00815B33">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11/25-present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Co-Chair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Simulation Education Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64875EC1" w14:textId="77777777" w:rsidR="00815B33" w:rsidRDefault="00815B33" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8DF62D" w14:textId="32B722D9" w:rsidR="00D96F8F" w:rsidRDefault="00D96F8F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0587C1FE" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="005C63E4" w:rsidRDefault="00514FC4" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333E6072" w14:textId="153B5433" w:rsidR="00121078" w:rsidRPr="005C63E4" w:rsidRDefault="00121078" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">USF Health Simulation Consortium </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB34CAD" w14:textId="77777777" w:rsidR="00EF7E79" w:rsidRPr="005C63E4" w:rsidRDefault="00EF7E79" w:rsidP="00EF7E79">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3636A89A" w14:textId="34FF5197" w:rsidR="00D96F8F" w:rsidRDefault="00D96F8F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B97F3E" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="005C63E4" w:rsidRDefault="00514FC4" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:ind w:left="720"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD66887" w14:textId="77777777" w:rsidR="00815B33" w:rsidRDefault="00D96F8F" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-present </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FANA Member Services Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DCBFD0" w14:textId="77777777" w:rsidR="00815B33" w:rsidRDefault="00876CCC" w:rsidP="00815B33">
+      <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On-site Reviewer</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33" w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Council on Accreditation of Nurse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C10D04" w14:textId="7C24FBCC" w:rsidR="00D96F8F" w:rsidRPr="00815B33" w:rsidRDefault="00876CCC" w:rsidP="00815B33">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anesthesia</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5721">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Educational Programs (COA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5721">
-[...2002 lines deleted...]
-    <w:p w14:paraId="04C10D04" w14:textId="64013061" w:rsidR="00D96F8F" w:rsidRDefault="00876CCC" w:rsidP="00876CCC">
+    </w:p>
+    <w:p w14:paraId="3F7459FE" w14:textId="77777777" w:rsidR="00876CCC" w:rsidRPr="005C63E4" w:rsidRDefault="00876CCC" w:rsidP="00876CCC">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rStyle w:val="apple-converted-space"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...47 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F875577" w14:textId="3E8AA358" w:rsidR="00D96F8F" w:rsidRDefault="00D96F8F" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL MEMBERSHIPS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09933545" w14:textId="77777777" w:rsidR="00514FC4" w:rsidRPr="005C63E4" w:rsidRDefault="00514FC4" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A47CA76" w14:textId="6CBCA95D" w:rsidR="00D96F8F" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2013-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Association of Nurse Anesthetists (AANA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B82A60" w14:textId="0E50459D" w:rsidR="00D96F8F" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2013-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Florida Association of Nurse Anesthetists (FANA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626A5F68" w14:textId="0A4F52E0" w:rsidR="00D96F8F" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876CCC">
-[...79 lines deleted...]
-        <w:ind w:firstLine="720"/>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="7BC22EEA" w14:textId="07D2000C" w:rsidR="00850376" w:rsidRPr="00850376" w:rsidRDefault="00850376" w:rsidP="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Society for Simulation in Healthcare (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44938E6E" w14:textId="77777777" w:rsidR="00815B33" w:rsidRDefault="00850376" w:rsidP="00815B33">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025-present </w:t>
       </w:r>
-      <w:r w:rsidRPr="00850376">
+      <w:r w:rsidRPr="005C63E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="638EBEE4" w14:textId="77777777" w:rsidR="00850376" w:rsidRPr="00850376" w:rsidRDefault="00850376" w:rsidP="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternational Nursing Association for Clinical </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638EBEE4" w14:textId="02D6ECAB" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1440" w:firstLine="720"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00850376">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Simulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and Learning</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1E624EB0" w14:textId="37DF1EA6" w:rsidR="00850376" w:rsidRPr="00850376" w:rsidRDefault="00850376" w:rsidP="00850376">
+      <w:r w:rsidR="00BE06D0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (INACSL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E624EB0" w14:textId="13AC6716" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010-2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member </w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Association of Critical-Care Nurses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FF09F9" w14:textId="5DFE0586" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00815B33">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006-2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00815B33">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emergency Nurses Association (ENA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C63E4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEB74AF" w14:textId="77777777" w:rsidR="00850376" w:rsidRPr="005C63E4" w:rsidRDefault="00850376" w:rsidP="00850376">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-        </w:rPr>
-[...108 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="721DC2B3" w14:textId="415727AA" w:rsidR="00D03F94" w:rsidRPr="005C63E4" w:rsidRDefault="00D03F94" w:rsidP="0046574F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D03F94" w:rsidRPr="005C63E4" w:rsidSect="002446CF">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C8CC796" w14:textId="77777777" w:rsidR="006F07B7" w:rsidRDefault="006F07B7" w:rsidP="008F7DB9">
+    <w:p w14:paraId="777F622B" w14:textId="77777777" w:rsidR="003813F8" w:rsidRDefault="003813F8" w:rsidP="008F7DB9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="024891B3" w14:textId="77777777" w:rsidR="006F07B7" w:rsidRDefault="006F07B7" w:rsidP="008F7DB9">
+    <w:p w14:paraId="4DABAE7E" w14:textId="77777777" w:rsidR="003813F8" w:rsidRDefault="003813F8" w:rsidP="008F7DB9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="229A72A2" w14:textId="77777777" w:rsidR="006F07B7" w:rsidRDefault="006F07B7" w:rsidP="008F7DB9">
+    <w:p w14:paraId="3621ADD0" w14:textId="77777777" w:rsidR="003813F8" w:rsidRDefault="003813F8" w:rsidP="008F7DB9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37141987" w14:textId="77777777" w:rsidR="006F07B7" w:rsidRDefault="006F07B7" w:rsidP="008F7DB9">
+    <w:p w14:paraId="72A75B33" w14:textId="77777777" w:rsidR="003813F8" w:rsidRDefault="003813F8" w:rsidP="008F7DB9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="910275280"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4752A3FE" w14:textId="77777777" w:rsidR="00D03F94" w:rsidRDefault="00D03F94" w:rsidP="009F280D">
         <w:pPr>
           <w:pStyle w:val="Header"/>
@@ -6012,167 +9920,427 @@
     <w:r w:rsidRPr="00485A86">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="00485A86">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1A2398B0" w14:textId="671F46A6" w:rsidR="00EE7040" w:rsidRPr="00EE7040" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
+  <w:p w14:paraId="1A2398B0" w14:textId="112C6F7E" w:rsidR="00EE7040" w:rsidRPr="00EE7040" w:rsidRDefault="006F5FDA" w:rsidP="006F5FDA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003F6118">
+    <w:r w:rsidR="00D130BC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00EE7040">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="003F6118">
-[...6 lines deleted...]
-    <w:r w:rsidR="00496FEE">
+    <w:r w:rsidR="00D130BC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00EE7040">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:t>/2</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00496FEE">
+    <w:r w:rsidR="006F079A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidR="00EE7040">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> ver.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="62A562CA" w14:textId="77777777" w:rsidR="00EE7040" w:rsidRDefault="00EE7040">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7DCBCAD4" w14:textId="77777777" w:rsidR="008F7DB9" w:rsidRDefault="008F7DB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1056" type="#_x0000_t75" style="width:22.1pt;height:22.1pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:22.15pt;height:22.15pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06F34212"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="565A1914"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="100C5437"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62FCE460"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="129E6B7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81EC9E94"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12B5634B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD0460AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6277,51 +10445,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12DF35FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BDFAD56C"/>
     <w:lvl w:ilvl="0" w:tplc="D1DEDE40">
       <w:start w:val="1997"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3300"/>
         </w:tabs>
         <w:ind w:left="3300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6417,51 +10585,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="8340"/>
         </w:tabs>
         <w:ind w:left="8340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9060"/>
         </w:tabs>
         <w:ind w:left="9060" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15EA620C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82243CCE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6557,51 +10725,141 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="170A15B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6CB6E3D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D5861AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87426D76"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6697,51 +10955,140 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E892E1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8EA9A46"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FE13C42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90209228"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6837,51 +11184,316 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A9B299C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1062E4A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FA80C98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99049316"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="311123DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74F07D16"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32F812A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A5A1B60"/>
     <w:lvl w:ilvl="0" w:tplc="BB7C3452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A33836FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
@@ -6986,51 +11598,499 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B99663C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CFB2F75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98C667D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E5F79A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7F22FA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A97ED3F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F8876B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E9E3A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41B27CA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="253E1856"/>
+    <w:lvl w:ilvl="0" w:tplc="F67A3A10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="438F7EEE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48B4A166"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452677E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25E06CC0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7099,51 +12159,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C9E131C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="822AF670"/>
     <w:lvl w:ilvl="0" w:tplc="DDD6EF72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9AB80708" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
@@ -7248,51 +12308,51 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7540880A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F9F4D91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B232A46C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2F16C9D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2655" w:hanging="855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -7360,51 +12420,318 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56E961B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59987210"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62495FEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA8646D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62D71BF3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="012EA5A4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64043516"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83E2046E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7473,51 +12800,319 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="683A458A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47B41A06"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CD5726D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC187586"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D8D0B22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0C4CE5E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="733514D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5DE9EBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7622,51 +13217,230 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77875349"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41166EC0"/>
+    <w:lvl w:ilvl="0" w:tplc="85B4B618">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E960C53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8CBC9BF6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ECD55BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37C4BF10"/>
     <w:lvl w:ilvl="0" w:tplc="47806FBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7713,256 +13487,388 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1458643411">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="124586590">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1406420015">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="898827542">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="842667633">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1381978187">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="124586590">
+  <w:num w:numId="7" w16cid:durableId="2037845973">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="95056155">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1444766503">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1835680045">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1303194897">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1060056307">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1576552580">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1607612624">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="443891603">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="929243453">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1722897527">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="804397806">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="112673419">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="272131623">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1406420015">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="21" w16cid:durableId="509031277">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="898827542">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="22" w16cid:durableId="1356464989">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="842667633">
+  <w:num w:numId="23" w16cid:durableId="787234645">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1592199960">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1178424799">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1381978187">
+  <w:num w:numId="26" w16cid:durableId="1692881139">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1343166837">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="685985691">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1077165876">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="68697083">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="2079014549">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2037845973">
+  <w:num w:numId="32" w16cid:durableId="1440953836">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="95056155">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="33" w16cid:durableId="1177036230">
+    <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="158"/>
+  <w:zoom w:percent="216"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B540FE"/>
     <w:rsid w:val="00030BF8"/>
+    <w:rsid w:val="000354C8"/>
+    <w:rsid w:val="00035AE4"/>
     <w:rsid w:val="00052EFC"/>
     <w:rsid w:val="0005352C"/>
     <w:rsid w:val="00071495"/>
     <w:rsid w:val="00071E88"/>
     <w:rsid w:val="00090587"/>
+    <w:rsid w:val="00092611"/>
+    <w:rsid w:val="00093B02"/>
     <w:rsid w:val="000B5767"/>
+    <w:rsid w:val="000C21A1"/>
+    <w:rsid w:val="000D606F"/>
     <w:rsid w:val="000D6B40"/>
     <w:rsid w:val="000E02F7"/>
+    <w:rsid w:val="000F5EA7"/>
     <w:rsid w:val="0010474B"/>
     <w:rsid w:val="00121078"/>
     <w:rsid w:val="00121A66"/>
     <w:rsid w:val="00135199"/>
+    <w:rsid w:val="00141B20"/>
+    <w:rsid w:val="0014725D"/>
     <w:rsid w:val="00171F8B"/>
     <w:rsid w:val="00174A30"/>
     <w:rsid w:val="0018167E"/>
+    <w:rsid w:val="001A0A2D"/>
+    <w:rsid w:val="001A4045"/>
     <w:rsid w:val="001B2792"/>
     <w:rsid w:val="001C4460"/>
+    <w:rsid w:val="001C7671"/>
     <w:rsid w:val="001E1FF7"/>
     <w:rsid w:val="001E7C5C"/>
+    <w:rsid w:val="001F2DFF"/>
     <w:rsid w:val="002446CF"/>
     <w:rsid w:val="00285D43"/>
+    <w:rsid w:val="00286812"/>
     <w:rsid w:val="002B73FA"/>
     <w:rsid w:val="002D65A9"/>
+    <w:rsid w:val="002E654B"/>
     <w:rsid w:val="002F05E5"/>
     <w:rsid w:val="00306A2A"/>
+    <w:rsid w:val="00307FA0"/>
     <w:rsid w:val="0032057B"/>
     <w:rsid w:val="00335402"/>
     <w:rsid w:val="003438E2"/>
     <w:rsid w:val="00347567"/>
     <w:rsid w:val="00352CF5"/>
     <w:rsid w:val="0037584B"/>
+    <w:rsid w:val="003813F8"/>
     <w:rsid w:val="00385E4A"/>
     <w:rsid w:val="00393917"/>
     <w:rsid w:val="003A2433"/>
+    <w:rsid w:val="003B6078"/>
     <w:rsid w:val="003D19D6"/>
     <w:rsid w:val="003E5721"/>
     <w:rsid w:val="003F475C"/>
     <w:rsid w:val="003F6118"/>
     <w:rsid w:val="00412CCE"/>
+    <w:rsid w:val="00422CF8"/>
+    <w:rsid w:val="00432DB5"/>
+    <w:rsid w:val="00435453"/>
     <w:rsid w:val="0046574F"/>
     <w:rsid w:val="00496BA8"/>
     <w:rsid w:val="00496FEE"/>
     <w:rsid w:val="004B2AD4"/>
     <w:rsid w:val="004B48F8"/>
     <w:rsid w:val="004B6946"/>
+    <w:rsid w:val="004D1055"/>
     <w:rsid w:val="004D5AEF"/>
     <w:rsid w:val="004D65E8"/>
     <w:rsid w:val="004F05A7"/>
+    <w:rsid w:val="00514FC4"/>
     <w:rsid w:val="005429B2"/>
+    <w:rsid w:val="00555D3C"/>
+    <w:rsid w:val="005A720D"/>
     <w:rsid w:val="005B3CD5"/>
     <w:rsid w:val="005C3A81"/>
+    <w:rsid w:val="005C63E4"/>
     <w:rsid w:val="005D20E0"/>
     <w:rsid w:val="005E2B96"/>
     <w:rsid w:val="00632061"/>
+    <w:rsid w:val="00666CEC"/>
+    <w:rsid w:val="006776B7"/>
     <w:rsid w:val="006971BD"/>
     <w:rsid w:val="006C1E3C"/>
     <w:rsid w:val="006C58F3"/>
+    <w:rsid w:val="006F079A"/>
     <w:rsid w:val="006F07B7"/>
     <w:rsid w:val="006F5FDA"/>
     <w:rsid w:val="006F7B73"/>
+    <w:rsid w:val="007030BB"/>
+    <w:rsid w:val="0071623C"/>
     <w:rsid w:val="00717877"/>
     <w:rsid w:val="007506EE"/>
+    <w:rsid w:val="00757896"/>
+    <w:rsid w:val="0077025C"/>
+    <w:rsid w:val="00775C4E"/>
     <w:rsid w:val="0078602B"/>
     <w:rsid w:val="007C70C5"/>
     <w:rsid w:val="007D0F18"/>
     <w:rsid w:val="007D2547"/>
     <w:rsid w:val="007F60EC"/>
     <w:rsid w:val="00802B77"/>
     <w:rsid w:val="0080781E"/>
+    <w:rsid w:val="00815B33"/>
+    <w:rsid w:val="00825E9F"/>
+    <w:rsid w:val="00843160"/>
     <w:rsid w:val="00850376"/>
+    <w:rsid w:val="0087350F"/>
     <w:rsid w:val="0087457A"/>
     <w:rsid w:val="00876CCC"/>
     <w:rsid w:val="00893660"/>
     <w:rsid w:val="008A3E9C"/>
     <w:rsid w:val="008D16CF"/>
     <w:rsid w:val="008E038E"/>
     <w:rsid w:val="008E4EC1"/>
     <w:rsid w:val="008F7DB9"/>
     <w:rsid w:val="0090639E"/>
     <w:rsid w:val="00914EF1"/>
+    <w:rsid w:val="00915514"/>
+    <w:rsid w:val="00922557"/>
     <w:rsid w:val="009225AD"/>
     <w:rsid w:val="00922D05"/>
     <w:rsid w:val="00933145"/>
     <w:rsid w:val="0094191E"/>
     <w:rsid w:val="009578E0"/>
+    <w:rsid w:val="009665C8"/>
     <w:rsid w:val="00976A76"/>
     <w:rsid w:val="009823F0"/>
+    <w:rsid w:val="009949AB"/>
     <w:rsid w:val="00995979"/>
     <w:rsid w:val="00996AED"/>
     <w:rsid w:val="00997B85"/>
     <w:rsid w:val="009A58AB"/>
+    <w:rsid w:val="009B7FBD"/>
     <w:rsid w:val="009E6449"/>
     <w:rsid w:val="009F0808"/>
     <w:rsid w:val="00A33A1E"/>
+    <w:rsid w:val="00A3539A"/>
+    <w:rsid w:val="00A41AB2"/>
+    <w:rsid w:val="00A446A1"/>
     <w:rsid w:val="00A44C12"/>
     <w:rsid w:val="00A5755A"/>
     <w:rsid w:val="00A7573A"/>
     <w:rsid w:val="00A85B4D"/>
     <w:rsid w:val="00A90063"/>
     <w:rsid w:val="00AA20C7"/>
     <w:rsid w:val="00AA3497"/>
+    <w:rsid w:val="00AB1081"/>
     <w:rsid w:val="00AB2A17"/>
     <w:rsid w:val="00AB3BB2"/>
     <w:rsid w:val="00AD0939"/>
     <w:rsid w:val="00AF73B8"/>
+    <w:rsid w:val="00B11269"/>
+    <w:rsid w:val="00B12C16"/>
     <w:rsid w:val="00B17F47"/>
+    <w:rsid w:val="00B37F18"/>
+    <w:rsid w:val="00B47E8B"/>
+    <w:rsid w:val="00B50089"/>
     <w:rsid w:val="00B540FE"/>
+    <w:rsid w:val="00B6579F"/>
     <w:rsid w:val="00B66296"/>
     <w:rsid w:val="00B71A5D"/>
     <w:rsid w:val="00B94B5F"/>
     <w:rsid w:val="00BD3D93"/>
+    <w:rsid w:val="00BE06D0"/>
     <w:rsid w:val="00BF22FE"/>
     <w:rsid w:val="00BF4E7E"/>
     <w:rsid w:val="00C072AE"/>
     <w:rsid w:val="00C17C11"/>
     <w:rsid w:val="00C3498A"/>
     <w:rsid w:val="00C54586"/>
     <w:rsid w:val="00C60169"/>
+    <w:rsid w:val="00C61CAA"/>
+    <w:rsid w:val="00C80FD2"/>
+    <w:rsid w:val="00C8232C"/>
     <w:rsid w:val="00CB0134"/>
     <w:rsid w:val="00CE2AB3"/>
     <w:rsid w:val="00CE3D08"/>
     <w:rsid w:val="00D03F94"/>
+    <w:rsid w:val="00D130BC"/>
+    <w:rsid w:val="00D34AF2"/>
+    <w:rsid w:val="00D43BF2"/>
+    <w:rsid w:val="00D74414"/>
+    <w:rsid w:val="00D81EC4"/>
+    <w:rsid w:val="00D908CD"/>
     <w:rsid w:val="00D96F8F"/>
     <w:rsid w:val="00DA545A"/>
     <w:rsid w:val="00DB15D2"/>
     <w:rsid w:val="00DB7A45"/>
+    <w:rsid w:val="00E026A9"/>
     <w:rsid w:val="00E309CD"/>
     <w:rsid w:val="00E319FB"/>
     <w:rsid w:val="00E533F1"/>
     <w:rsid w:val="00E609B9"/>
     <w:rsid w:val="00E703F5"/>
     <w:rsid w:val="00E73063"/>
+    <w:rsid w:val="00E76AEA"/>
     <w:rsid w:val="00E8445C"/>
+    <w:rsid w:val="00E86D51"/>
     <w:rsid w:val="00EB7741"/>
     <w:rsid w:val="00ED79DD"/>
+    <w:rsid w:val="00EE3968"/>
     <w:rsid w:val="00EE7040"/>
     <w:rsid w:val="00EF7E79"/>
     <w:rsid w:val="00F10B38"/>
     <w:rsid w:val="00F20345"/>
+    <w:rsid w:val="00F338CE"/>
     <w:rsid w:val="00F466BA"/>
     <w:rsid w:val="00F63BDF"/>
+    <w:rsid w:val="00F75579"/>
     <w:rsid w:val="00FB73DC"/>
     <w:rsid w:val="00FD0C11"/>
     <w:rsid w:val="00FD540B"/>
     <w:rsid w:val="00FD6056"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -8046,52 +13952,52 @@
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8671,50 +14577,97 @@
     <w:rsid w:val="006C58F3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:semiHidden/>
     <w:rsid w:val="004D65E8"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textlayer--absolute">
     <w:name w:val="textlayer--absolute"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="003E5721"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00876CCC"/>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D908CD"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00432DB5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307FA0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001A4045"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="360058710">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="411396092">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8878,51 +14831,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="897595715">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14419/ijans.v3i1.1526" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajdavies@usf.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14419/ijans.v5i1.5551" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/NSG.0000000000000330" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajdavies@usf.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://health.usf.edu/research/research-days" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14419/ijans.v3i1.1526" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14419/ijans.v5i1.5551" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9174,68 +15127,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6270</Characters>
+  <Pages>8</Pages>
+  <Words>1679</Words>
+  <Characters>11053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>298</Lines>
+  <Paragraphs>195</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>500 HARBOUR PLACE DR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7356</CharactersWithSpaces>
+  <CharactersWithSpaces>12537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>500 HARBOUR PLACE DR</dc:title>
   <dc:creator>HILLARY SHAW MILLER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>