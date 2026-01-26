--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -7,53 +7,53 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14BAFFE4" w14:textId="0AC03104" w:rsidR="001071E4" w:rsidRPr="00987358" w:rsidRDefault="000B66A2" w:rsidP="008B2C73">
+    <w:p w14:paraId="14BAFFE4" w14:textId="069312AD" w:rsidR="001071E4" w:rsidRPr="00987358" w:rsidRDefault="000B66A2" w:rsidP="008B2C73">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Bodoni MT Black" w:hAnsi="Bodoni MT Black" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00987358">
         <w:rPr>
           <w:rFonts w:ascii="Bodoni MT Black" w:hAnsi="Bodoni MT Black" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ann C. Joyce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F78EA4" w14:textId="77777777" w:rsidR="001071E4" w:rsidRDefault="001071E4">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -193,51 +193,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008067D1" w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>12901</w:t>
       </w:r>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bruce B. Downs Blvd.,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384F3AAB" w14:textId="77777777" w:rsidR="00444EA2" w:rsidRPr="00C37456" w:rsidRDefault="00444EA2">
+    <w:p w14:paraId="384F3AAB" w14:textId="167C0F75" w:rsidR="00444EA2" w:rsidRPr="00C37456" w:rsidRDefault="00444EA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tampa, FL 33612</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F1E785" w14:textId="0C9BDCA3" w:rsidR="00444EA2" w:rsidRPr="00C37456" w:rsidRDefault="004D7A12" w:rsidP="00BE6DED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
@@ -287,182 +287,207 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Cell Phone: </w:t>
       </w:r>
       <w:r w:rsidR="000B66A2" w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>813.382.6608</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4B9290" w14:textId="5B963A6C" w:rsidR="004D7A12" w:rsidRPr="00C37456" w:rsidRDefault="004D7A12">
+    <w:p w14:paraId="4C4B9290" w14:textId="0ED2AC11" w:rsidR="004D7A12" w:rsidRPr="00BC0628" w:rsidRDefault="004D7A12">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="fr-FR"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="00BC0628">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="00BC0628">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000B66A2" w:rsidRPr="00C37456">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00C37878" w:rsidRPr="00BC0628">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>ajoyce@usf.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C37878" w:rsidRPr="00BC0628">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7E6E80BB" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00C37456" w:rsidRDefault="001071E4" w:rsidP="00672554">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Personal: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00C37878" w:rsidRPr="00BC0628">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>anng96@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C37878" w:rsidRPr="00BC0628">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6E80BB" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00BC0628" w:rsidRDefault="001071E4" w:rsidP="00672554">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="704D83F6" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00C37456" w:rsidRDefault="001071E4">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="704D83F6" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00BC0628" w:rsidRDefault="001071E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0628">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CC6249" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00B008DB" w:rsidRDefault="001071E4">
+    <w:p w14:paraId="68CC6249" w14:textId="3BD58ECE" w:rsidR="001071E4" w:rsidRPr="0076274E" w:rsidRDefault="00F67AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B008DB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="03E37658" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="00B008DB" w:rsidRDefault="001071E4">
+        </w:rPr>
+        <w:t>EMPLOYMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E37658" w14:textId="77777777" w:rsidR="001071E4" w:rsidRPr="0076274E" w:rsidRDefault="001071E4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4B5EF7EF" w14:textId="77777777" w:rsidR="008067D1" w:rsidRPr="00B008DB" w:rsidRDefault="008067D1" w:rsidP="00827DF4">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5EF7EF" w14:textId="77777777" w:rsidR="008067D1" w:rsidRPr="0076274E" w:rsidRDefault="008067D1" w:rsidP="00827DF4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32052D87" w14:textId="77777777" w:rsidR="006A457E" w:rsidRPr="00C37456" w:rsidRDefault="006A457E" w:rsidP="006A457E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A457E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1924,77 +1949,139 @@
     </w:p>
     <w:p w14:paraId="492E0B6E" w14:textId="77777777" w:rsidR="00D37A00" w:rsidRPr="00C37456" w:rsidRDefault="00D37A00" w:rsidP="00D37A00">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>HONORS AND AWARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06795E78" w14:textId="77777777" w:rsidR="00D37A00" w:rsidRPr="00C37456" w:rsidRDefault="00D37A00" w:rsidP="00D37A00">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A763367" w14:textId="64A731F4" w:rsidR="00114ECC" w:rsidRDefault="00114ECC" w:rsidP="00856D09">
+    <w:p w14:paraId="0614C87B" w14:textId="4E9AAF6C" w:rsidR="008A1873" w:rsidRDefault="008A1873" w:rsidP="00856D09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2022</w:t>
+        <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>USF Outstanding Team Award, Lifelong Learning Academy</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="72F09F88" w14:textId="4A849A5F" w:rsidR="00EB5A5B" w:rsidRDefault="00EB5A5B" w:rsidP="00856D09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>USF Outstanding Team Award, Lifelong Learning Academy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A763367" w14:textId="131DA286" w:rsidR="00114ECC" w:rsidRDefault="00114ECC" w:rsidP="00856D09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>USF Outstanding Team Award, Lifelong Learning Academy</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="693CC54B" w14:textId="30633F0A" w:rsidR="00114ECC" w:rsidRDefault="00114ECC" w:rsidP="00856D09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>USF Outstanding Team Award, Registered Nurse First Assistant Program</w:t>
@@ -2066,140 +2153,99 @@
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2008 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">USF Outstanding Staff Award. The </w:t>
       </w:r>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">highest accolade awarded to administrative and </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>highest accolade awarded to administrative and staff</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0EE51951" w14:textId="48BA1711" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">employees </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the university.</w:t>
+        <w:t>employees by the university.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CFA1983" w14:textId="78B96D61" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2005 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Employee Award of Excellence. Received the award for being excellent and </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Employee Award of Excellence. Received the award for being excellent and caring</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0609012F" w14:textId="38ACCF17" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>employee at Moffitt Cancer Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227F29DD" w14:textId="107B8C70" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2261,70 +2307,360 @@
         </w:rPr>
         <w:t>PROFESSIONAL SERVICE/LEADERSHIP</w:t>
       </w:r>
       <w:r w:rsidR="00363D47" w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A0F6C89" w14:textId="77777777" w:rsidR="008E0236" w:rsidRPr="00C37456" w:rsidRDefault="008E0236" w:rsidP="008E0236">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23F07827" w14:textId="0EE872FB" w:rsidR="00950435" w:rsidRDefault="00950435" w:rsidP="000C2AE4">
+    <w:p w14:paraId="370B78FF" w14:textId="7580BB81" w:rsidR="00F5542A" w:rsidRDefault="00F5542A" w:rsidP="000C2AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>2025-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Peer Reviewer, Journal of Public Health Practice and Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510BE7DA" w14:textId="229B334B" w:rsidR="004217EE" w:rsidRDefault="004217EE" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Disease Intervention Specialist Planning Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD97A92" w14:textId="7B838531" w:rsidR="004217EE" w:rsidRDefault="004217EE" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member, Public Health </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regenerative Leadership Synergy Planning Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F8BFFF" w14:textId="26513C96" w:rsidR="004F1D4E" w:rsidRDefault="004F1D4E" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member, </w:t>
+      </w:r>
+      <w:r w:rsidR="00232D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Council on Education for Public Health Faculty Development Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00232D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA7E243" w14:textId="2225280A" w:rsidR="00232D76" w:rsidRDefault="00232D76" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Infection Control for Emergency Responders Planning Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2171870D" w14:textId="193D75CA" w:rsidR="00232D76" w:rsidRDefault="00232D76" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, </w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Network of Public Health Institutes, Feasibility Study Planning Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F07827" w14:textId="215DC2ED" w:rsidR="00950435" w:rsidRDefault="00950435" w:rsidP="000C2AE4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00882B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Present</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Peer Reviewer, Journal of Continuing Education for Health Professions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01BBB384" w14:textId="5EF2CEB2" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00363D47" w:rsidP="000C2AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2474,62 +2810,103 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45ACFF29" w14:textId="77777777" w:rsidR="00B945B8" w:rsidRPr="00C37456" w:rsidRDefault="00B945B8" w:rsidP="00B945B8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>University of South Florida (USF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C59406" w14:textId="77777777" w:rsidR="00B945B8" w:rsidRDefault="00B945B8" w:rsidP="00B945B8">
+    <w:p w14:paraId="12FDD07D" w14:textId="77777777" w:rsidR="00614E55" w:rsidRDefault="00614E55" w:rsidP="00B945B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E022267" w14:textId="2E626FF6" w:rsidR="00614E55" w:rsidRDefault="00614E55" w:rsidP="00B945B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">CEPH Accreditation Writing Committee </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C59406" w14:textId="2E340DCC" w:rsidR="00B945B8" w:rsidRDefault="00B945B8" w:rsidP="00B945B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2022 – Present</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Member, Leadership Enrichment Selection Committee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECC72A2" w14:textId="77777777" w:rsidR="00B945B8" w:rsidRPr="00C37456" w:rsidRDefault="00B945B8" w:rsidP="00B945B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2648,51 +3025,51 @@
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Member, USF Tampa Bay </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Orthopaedic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Society Meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A556731" w14:textId="033F153B" w:rsidR="00391FE9" w:rsidRPr="00C37456" w:rsidRDefault="00391FE9">
+    <w:p w14:paraId="7A556731" w14:textId="033F153B" w:rsidR="00391FE9" w:rsidRDefault="00391FE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EF6A08F" w14:textId="77777777" w:rsidR="00C21018" w:rsidRPr="00C37456" w:rsidRDefault="00C21018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2703,132 +3080,152 @@
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>PROFESSIONAL AFFILIATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F617557" w14:textId="3048742E" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="382E46DC" w14:textId="7DE7B4BD" w:rsidR="00950435" w:rsidRDefault="00950435" w:rsidP="00856D09">
+    <w:p w14:paraId="77F539F2" w14:textId="4773E05D" w:rsidR="00607E26" w:rsidRDefault="00607E26" w:rsidP="00856D09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>UPCEA</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38DF6771" w14:textId="2589F2A4" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
+        <w:t>Association of Schools and Programs of Public Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382E46DC" w14:textId="5423AEC9" w:rsidR="00950435" w:rsidRDefault="00950435" w:rsidP="00856D09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C37456">
-[...8 lines deleted...]
-    <w:p w14:paraId="6D9035E9" w14:textId="77777777" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UPCEA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DF6771" w14:textId="2589F2A4" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">USF Administrative and Professional Council </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="50712002" w14:textId="77777777" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
+        <w:t>International Women in Leadership Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9035E9" w14:textId="77777777" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">USF Administrative and Professional Council </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50712002" w14:textId="77777777" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37456">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Accreditation Council for Graduate Medical Education (ACGME) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE5CA04" w14:textId="77777777" w:rsidR="00856D09" w:rsidRPr="00C37456" w:rsidRDefault="00856D09" w:rsidP="00856D09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Association of Residency Coordinators in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C37456">
@@ -3776,50 +4173,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kresge, PHEARLESS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C842DBF" w14:textId="111C8556" w:rsidR="0016204C" w:rsidRDefault="0016204C" w:rsidP="00391FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2022-2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Centers for Disease Control, Disease Interventional Specialist Training Academy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E33DD62" w14:textId="0CDD3DE8" w:rsidR="00B039E1" w:rsidRPr="00C37456" w:rsidRDefault="00B039E1" w:rsidP="00391FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3859,156 +4257,310 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>PUBLI</w:t>
       </w:r>
       <w:r w:rsidR="00C37456" w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>CATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2238FE" w14:textId="77777777" w:rsidR="00C37456" w:rsidRPr="00C37456" w:rsidRDefault="00C37456" w:rsidP="00C37456">
+    <w:p w14:paraId="007C5B7D" w14:textId="03681E3A" w:rsidR="00A35C16" w:rsidRPr="00A35C16" w:rsidRDefault="00A35C16" w:rsidP="0076274E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C37456">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Joyce, A. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
           <w:i/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6E0FDD13" w14:textId="77777777" w:rsidR="00BD73DA" w:rsidRPr="00BD73DA" w:rsidRDefault="00C37456" w:rsidP="005F2A85">
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (2025). Tech Enabled Approaches to Support Access and Equity in Public Health Education. In: Jacob, B., Michael, E., Masys, A.J. (eds) Tech Enabled Global Health Security. Advanced Sciences and Technologies for Security Applications. Springer, Cham. https://doi.org/10.1007/978-3-031-86997-6_10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7216D8CB" w14:textId="246637EE" w:rsidR="0076274E" w:rsidRPr="0076274E" w:rsidRDefault="0076274E" w:rsidP="0076274E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Godfrey, Timian M. and Bowen, Danika and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Joyce, Ann</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Lacasse, Cheryl and Newson, Loreal and Wofford, Kenneth A. and Rainbow, Jessica, Multi-Institutional Implementation of a Meaningful Recognition Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00175F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5D68">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olleges of Nursing. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Available at SSRN: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0076274E">
+          <w:rPr>
+            <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://ssrn.com/abstract=4821874</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076274E">
+        <w:rPr>
+          <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0076274E">
+          <w:rPr>
+            <w:rFonts w:ascii="NexusSansWebPro" w:hAnsi="NexusSansWebPro"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.2139/ssrn.4821874</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C2238FE" w14:textId="31750A3F" w:rsidR="00C37456" w:rsidRPr="00C37456" w:rsidRDefault="00C37456" w:rsidP="00C37456">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37456">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joyce, A. and Young, W. (2014). Student affairs in student family matters.  Cox, T. (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37456">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Case studies for the new professor: Surviving the jungle of the academy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37456">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (pp. 52-53). Charlotte, NC. Information Age Publishing, Inc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0FDD13" w14:textId="77777777" w:rsidR="00BD73DA" w:rsidRPr="00BD73DA" w:rsidRDefault="00C37456" w:rsidP="005F2A85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A00B09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Joyce, A., Young, W., Letson, G.D. (2017). Women in medicine. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A00B09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Perspectives of women in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A00B09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>orthopaedic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A00B09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> surgery on leadership development.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00B09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00A00B09" w:rsidRPr="00507513">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://in-housestaff.org/perspectives-women-orthopaedic-surgery-leadership-development-893</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="17D4F8E7" w14:textId="326F2CA1" w:rsidR="00950435" w:rsidRPr="00A00B09" w:rsidRDefault="00C37456" w:rsidP="005F2A85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -4057,112 +4609,244 @@
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="773D022D" w14:textId="0580D1C9" w:rsidR="005970A0" w:rsidRPr="005970A0" w:rsidRDefault="00704B9A" w:rsidP="005970A0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PRESENTATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D42DCD9" w14:textId="7847C4D4" w:rsidR="00B00436" w:rsidRPr="00B40CCB" w:rsidRDefault="00B00436" w:rsidP="000F783F">
+    <w:p w14:paraId="06708CF5" w14:textId="7FE2EE08" w:rsidR="00BC0628" w:rsidRDefault="000A4474" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04C74">
+        <w:t>/2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04C74">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F04C74" w:rsidRPr="00A94478">
+        <w:t xml:space="preserve">Poster: </w:t>
+      </w:r>
+      <w:r w:rsidR="0062503E" w:rsidRPr="00A94478">
+        <w:t>Leomar White, MPH student, Lorelei Herman, BSPH,  - Jessica Monaghan, MPH,  - Ashley Varela, BSPH student, USF College of Public Health   - Minh Le,  Kelvin Asare, BSPH student, Husena Rajkotwala, BSPH student</w:t>
+      </w:r>
+      <w:r w:rsidR="00452C89" w:rsidRPr="00A94478">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0062503E" w:rsidRPr="00A94478">
+        <w:t xml:space="preserve">Melanie Colombo, BSPH student, Arabel Severe, MPH, PTA,CPH, Christine McGuire-Wolfe, PhD, CIC, CPH, Somer Burke, PhD, Candace Burns, PhD, </w:t>
+      </w:r>
+      <w:r w:rsidR="0062503E" w:rsidRPr="00A94478">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ann Joyce, PhD.,</w:t>
+      </w:r>
+      <w:r w:rsidR="0062503E" w:rsidRPr="00A94478">
+        <w:t xml:space="preserve"> Anna Armstrong, PhD</w:t>
+      </w:r>
+      <w:r w:rsidR="0053734C" w:rsidRPr="00A94478">
+        <w:t>. “</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04C74" w:rsidRPr="00A94478">
+        <w:t>Needs Assessment of Infection Prevention and Control training for Emergency Responders</w:t>
+      </w:r>
+      <w:r w:rsidR="0053734C" w:rsidRPr="00A94478">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94478">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0053734C" w:rsidRPr="00A94478">
+        <w:t xml:space="preserve"> Interprofessional Education Collaborative. Washington, DC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94478">
+        <w:t xml:space="preserve"> November 21, 2024.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693E48BC" w14:textId="77777777" w:rsidR="00BC0628" w:rsidRDefault="00BC0628" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D42DCD9" w14:textId="26DC3732" w:rsidR="00B00436" w:rsidRDefault="00B00436" w:rsidP="000F783F">
       <w:pPr>
         <w:ind w:left="1350" w:hanging="1350"/>
       </w:pPr>
       <w:r>
         <w:t>09/2024</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Abstract: </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Abstract: Mehmood, A., Joyce, A., Aranzabal, O., and Henley, S.  (2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00436">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">“Design and Implementation of an </w:t>
       </w:r>
       <w:r w:rsidR="00385FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Online</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00436">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Community Disaster Preparedness and Resilience Program</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">”, submitted for presentation at the </w:t>
+        <w:t>”, submitted for presentation at the 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CCB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
       </w:r>
       <w:r>
-        <w:t>15</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> World Conference on Injury Prevention and Safety Promotion. September 2-3, 2024, has been accepted for oral presentation in Delhi, India. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C48F27E" w14:textId="77777777" w:rsidR="0016631D" w:rsidRDefault="0016631D" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F318D54" w14:textId="00222473" w:rsidR="00A823FF" w:rsidRDefault="00A823FF" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> World Conference on </w:t>
+        <w:t>07/2024</w:t>
       </w:r>
       <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Poster Presentation: Kashiri, A., Hogeboom, D., Joyce, A., and Zgibor, Z., (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA115E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“Alumni Perceptions of Public Health Career Readiness and Workforce Development”</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, submitted for poster presentation at the University of South Florida Undergraduate Research Symposium. Tampa, FL. July 25, 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C69A2B9" w14:textId="77777777" w:rsidR="00A823FF" w:rsidRDefault="00A823FF" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34ABBFC4" w14:textId="07494D90" w:rsidR="0016631D" w:rsidRPr="00B40CCB" w:rsidRDefault="00226DC6" w:rsidP="000F783F">
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="1350"/>
+      </w:pPr>
+      <w:r>
+        <w:t>07/2024</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF0890">
+        <w:t>Poster Presentation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26D5F">
+        <w:t xml:space="preserve">Joyce, A., Moreno, S., Bleiweiss, N., Quichocho, A., Secker, D., Toth, M., Kashiri, A., and Zgibor, J. (2024) </w:t>
+      </w:r>
+      <w:r w:rsidR="001840D2">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26D5F" w:rsidRPr="001840D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Integrating Technology </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0890" w:rsidRPr="001840D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26D5F" w:rsidRPr="001840D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Public Health Workforce Development: A Case Study of COPH Lifelong Learning Academy’s Approach”,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26D5F">
+        <w:t xml:space="preserve"> submitted for presentation at the </w:t>
+      </w:r>
+      <w:r w:rsidR="001840D2">
+        <w:t xml:space="preserve">Florida Public </w:t>
+      </w:r>
+      <w:r w:rsidR="001840D2">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Injury Prevention and Safety Promotion. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Delhi, India. </w:t>
+        <w:t xml:space="preserve">Health Association Annual Educational Conference. Kissimmee, FL. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26D5F">
+        <w:t xml:space="preserve"> July 28-30, 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264BC902" w14:textId="77777777" w:rsidR="004448B8" w:rsidRDefault="004448B8" w:rsidP="004C0E1A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19CAAE51" w14:textId="77777777" w:rsidR="004448B8" w:rsidRDefault="004448B8" w:rsidP="004C0E1A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E436241" w14:textId="6ADFC9C0" w:rsidR="00B008DB" w:rsidRPr="00B00436" w:rsidRDefault="004C0E1A" w:rsidP="004C0E1A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
@@ -4360,395 +5044,387 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Poster Presentation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749B2443" w14:textId="77777777" w:rsidR="00DE3AEA" w:rsidRDefault="00DE3AEA" w:rsidP="004C0E1A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EB36B06" w14:textId="4F8D5249" w:rsidR="00DE3AEA" w:rsidRPr="00B00436" w:rsidRDefault="00DE3AEA" w:rsidP="004C0E1A">
+    <w:p w14:paraId="12DA83DF" w14:textId="7F3E6BE5" w:rsidR="00424E9B" w:rsidRPr="00424E9B" w:rsidRDefault="00DE3AEA" w:rsidP="00424E9B">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>03/2023</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>03/2023</w:t>
+        <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. Joyce, J. Zgibor. (2024, March 21). </w:t>
+      </w:r>
+      <w:r w:rsidR="0042324D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042324D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Emerging Practices for Public Health Workforce Development</w:t>
+      </w:r>
+      <w:r w:rsidR="0042324D" w:rsidRPr="0042324D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042324D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[Conference Presentation]. Innovative Workforce Learning or Modular and Stackable Credentialing. ASPPH</w:t>
+      </w:r>
+      <w:r w:rsidR="00424E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Meeting for Academic Public Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Washington, DC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AEBE96" w14:textId="77777777" w:rsidR="00424E9B" w:rsidRPr="00B00436" w:rsidRDefault="00424E9B" w:rsidP="004C0E1A">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF36565" w14:textId="05F2DA60" w:rsidR="00BB37E2" w:rsidRDefault="00BB37E2" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>03/202</w:t>
+      </w:r>
+      <w:r w:rsidR="003454EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk159415341"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. Joyce, J. Zgibor. (2023, March 16). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB37E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Micro-Certificates for Public Health Workforce Development</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. [Conference Presentation]. Innovative Workforce Learning or Modular and Stackable Credentialing. ASPPH, Washington, DC.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="14CEA482" w14:textId="77777777" w:rsidR="00BB37E2" w:rsidRDefault="00BB37E2" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE0EC59" w14:textId="4685C475" w:rsidR="00B039E1" w:rsidRPr="00B039E1" w:rsidRDefault="00B039E1" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11/2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B039E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A. Joyce,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A. Joyce, J. Zgibor. (202</w:t>
-[...33 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> J. Zgibor. (2022, November 3). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B039E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Emerging Practices</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BB37E2">
+        <w:t xml:space="preserve">Micro-Certificates for Public Health Workforce Development. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Conference Presentation]. Leaders in Professional Continuing, and Online Education, South Region Conference. Atlanta, GA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A43A5AA" w14:textId="77777777" w:rsidR="00B039E1" w:rsidRDefault="00B039E1" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB5BE31" w14:textId="1E9CAE8C" w:rsidR="00F55D2C" w:rsidRPr="00950435" w:rsidRDefault="005970A0" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3/2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F55D2C" w:rsidRPr="00950435">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Godfrey, T., Palmieri, S., </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55D2C" w:rsidRPr="00B039E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Joyce, A.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55D2C" w:rsidRPr="00B039E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55D2C" w:rsidRPr="00950435">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rainbow, J., Lacasse, C., Rischel. C, Todd, L.A., Wofford, K., Kent, E., Newson, L.  (2022, March 24-26). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094E510B" w14:textId="77777777" w:rsidR="00F55D2C" w:rsidRPr="00950435" w:rsidRDefault="00F55D2C" w:rsidP="00F55D2C">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950435">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for Public Health Workforce Development</w:t>
-[...234 lines deleted...]
-      </w:pPr>
+        <w:t>Why Meaningful Recognition Matters: Helping Nursing Faculty Bloom During a Pandemic</w:t>
+      </w:r>
       <w:r w:rsidRPr="00950435">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Conference Presentation]. Sigma Global Nursing Excellence, Creating Healthy Work Environments. Washington, D.C. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00950435">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Abstract #111606 (confex.com)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16EF3C5A" w14:textId="7DE6110D" w:rsidR="00704B9A" w:rsidRPr="00C37456" w:rsidRDefault="00704B9A" w:rsidP="005970A0">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37456">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5433,87 +6109,87 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="619CE875" w14:textId="77777777" w:rsidR="0090388F" w:rsidRPr="00C37456" w:rsidRDefault="0090388F" w:rsidP="00276422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="002D6329" w14:textId="6751A17B" w:rsidR="00D82C8F" w:rsidRPr="00124B52" w:rsidRDefault="00D82C8F" w:rsidP="00704B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D82C8F" w:rsidRPr="00124B52" w:rsidSect="00A81BC9">
-[...4 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="00D82C8F" w:rsidRPr="00124B52" w:rsidSect="00C24F73">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1008" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23D5447A" w14:textId="77777777" w:rsidR="008D31A6" w:rsidRDefault="008D31A6">
+    <w:p w14:paraId="6D222523" w14:textId="77777777" w:rsidR="003D37CE" w:rsidRDefault="003D37CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="634EB482" w14:textId="77777777" w:rsidR="008D31A6" w:rsidRDefault="008D31A6">
+    <w:p w14:paraId="22E8C15E" w14:textId="77777777" w:rsidR="003D37CE" w:rsidRDefault="003D37CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5531,101 +6207,121 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bodoni MT Black">
     <w:panose1 w:val="02070A03080606020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Merriweather Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00004FF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NexusSansWebPro">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Corsiva">
     <w:panose1 w:val="03010101010201010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="669458031"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="352917AF" w14:textId="01B4E64E" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="000B66A2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
@@ -5685,51 +6381,51 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="694F2C8F" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="006E3EB3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1068923975"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="41732252" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRPr="006E3EB3" w:rsidRDefault="000B66A2" w:rsidP="004F540F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:w="191" w:h="212" w:hRule="exact" w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="6559" w:y="218"/>
           <w:rPr>
@@ -5842,70 +6538,70 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="006E3EB3">
       <w:rPr>
         <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="07D93F80" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="006E3EB3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AA89B42" w14:textId="77777777" w:rsidR="008D31A6" w:rsidRDefault="008D31A6">
+    <w:p w14:paraId="087B1456" w14:textId="77777777" w:rsidR="003D37CE" w:rsidRDefault="003D37CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F75E94D" w14:textId="77777777" w:rsidR="008D31A6" w:rsidRDefault="008D31A6">
+    <w:p w14:paraId="333B29B7" w14:textId="77777777" w:rsidR="003D37CE" w:rsidRDefault="003D37CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1948963907"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1B8B20A9" w14:textId="5468230D" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="00A33EC6">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
@@ -5918,92 +6614,92 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="11366293" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="006F4382">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="660E810B" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="008E0236">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="557967D9" w14:textId="183C3FE6" w:rsidR="000B66A2" w:rsidRDefault="000B66A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4114278B" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2" w:rsidP="00D6394B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Stephanie Lynn Marhefka, Ph.D.  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -6034,51 +6730,51 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D3DC973" w14:textId="77777777" w:rsidR="000B66A2" w:rsidRDefault="000B66A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0EAD37E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7065,523 +7761,560 @@
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1045249666">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1767190667">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="900477983">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="170798686">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1683510294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1968974253">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="78"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D7A12"/>
     <w:rsid w:val="00000A3D"/>
     <w:rsid w:val="00011257"/>
     <w:rsid w:val="00011846"/>
     <w:rsid w:val="00012153"/>
     <w:rsid w:val="00013EEA"/>
+    <w:rsid w:val="000173D8"/>
     <w:rsid w:val="0002007C"/>
     <w:rsid w:val="0002219D"/>
     <w:rsid w:val="000228B3"/>
     <w:rsid w:val="00023746"/>
     <w:rsid w:val="00032B7C"/>
     <w:rsid w:val="000401E7"/>
     <w:rsid w:val="0004032C"/>
     <w:rsid w:val="00044E96"/>
     <w:rsid w:val="00046CE6"/>
     <w:rsid w:val="0004740A"/>
     <w:rsid w:val="00051B0D"/>
     <w:rsid w:val="00052543"/>
     <w:rsid w:val="00052646"/>
     <w:rsid w:val="00052CF9"/>
     <w:rsid w:val="00052D37"/>
     <w:rsid w:val="00053127"/>
+    <w:rsid w:val="00053E1C"/>
     <w:rsid w:val="00060F65"/>
     <w:rsid w:val="00061904"/>
     <w:rsid w:val="00066858"/>
     <w:rsid w:val="00072EA6"/>
     <w:rsid w:val="00073B48"/>
     <w:rsid w:val="000825E1"/>
     <w:rsid w:val="00084513"/>
     <w:rsid w:val="000868D6"/>
     <w:rsid w:val="00087566"/>
     <w:rsid w:val="00087A39"/>
     <w:rsid w:val="00090020"/>
     <w:rsid w:val="000904CA"/>
     <w:rsid w:val="00090617"/>
     <w:rsid w:val="000964C7"/>
     <w:rsid w:val="00096AE0"/>
     <w:rsid w:val="00096BAE"/>
+    <w:rsid w:val="000A4474"/>
     <w:rsid w:val="000B4235"/>
     <w:rsid w:val="000B563A"/>
     <w:rsid w:val="000B66A2"/>
     <w:rsid w:val="000C0CA1"/>
     <w:rsid w:val="000C2AE4"/>
     <w:rsid w:val="000C4378"/>
     <w:rsid w:val="000C74B4"/>
     <w:rsid w:val="000D40EB"/>
     <w:rsid w:val="000D5A36"/>
     <w:rsid w:val="000D6577"/>
+    <w:rsid w:val="000D6A46"/>
     <w:rsid w:val="000E01FA"/>
     <w:rsid w:val="000E77EA"/>
     <w:rsid w:val="000E7AC1"/>
     <w:rsid w:val="000F186F"/>
     <w:rsid w:val="000F3159"/>
     <w:rsid w:val="000F3B53"/>
     <w:rsid w:val="000F783F"/>
     <w:rsid w:val="000F795F"/>
     <w:rsid w:val="001006ED"/>
     <w:rsid w:val="00105EF3"/>
     <w:rsid w:val="001071E4"/>
     <w:rsid w:val="00114ECC"/>
     <w:rsid w:val="001150A6"/>
+    <w:rsid w:val="001152EE"/>
     <w:rsid w:val="001170DD"/>
     <w:rsid w:val="00120506"/>
     <w:rsid w:val="00124B52"/>
     <w:rsid w:val="00125618"/>
     <w:rsid w:val="00125AF2"/>
     <w:rsid w:val="001276B9"/>
     <w:rsid w:val="0013375B"/>
     <w:rsid w:val="00133DAE"/>
     <w:rsid w:val="00134CD7"/>
     <w:rsid w:val="001357D1"/>
     <w:rsid w:val="00137410"/>
     <w:rsid w:val="00137D5A"/>
     <w:rsid w:val="0014175B"/>
     <w:rsid w:val="00141EEC"/>
     <w:rsid w:val="001529B8"/>
     <w:rsid w:val="00155BE9"/>
     <w:rsid w:val="0016204C"/>
     <w:rsid w:val="001625AB"/>
+    <w:rsid w:val="0016631D"/>
     <w:rsid w:val="00167FBF"/>
     <w:rsid w:val="00170EF4"/>
     <w:rsid w:val="0017517D"/>
+    <w:rsid w:val="00175F5F"/>
+    <w:rsid w:val="001840D2"/>
     <w:rsid w:val="00185FC7"/>
     <w:rsid w:val="001860BC"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190221"/>
     <w:rsid w:val="0019215B"/>
     <w:rsid w:val="0019596D"/>
     <w:rsid w:val="001A0197"/>
     <w:rsid w:val="001A3A42"/>
     <w:rsid w:val="001A3BAA"/>
     <w:rsid w:val="001A5397"/>
     <w:rsid w:val="001A7C06"/>
     <w:rsid w:val="001B66D4"/>
     <w:rsid w:val="001B69AA"/>
     <w:rsid w:val="001C3505"/>
     <w:rsid w:val="001C3AFB"/>
     <w:rsid w:val="001D3E90"/>
     <w:rsid w:val="001E0D79"/>
     <w:rsid w:val="001E18EE"/>
     <w:rsid w:val="001E2695"/>
     <w:rsid w:val="001E2700"/>
     <w:rsid w:val="001E5307"/>
     <w:rsid w:val="001F0CFF"/>
     <w:rsid w:val="001F52EA"/>
     <w:rsid w:val="002015F8"/>
     <w:rsid w:val="002026B7"/>
     <w:rsid w:val="002050CD"/>
     <w:rsid w:val="00205C68"/>
     <w:rsid w:val="00210DF0"/>
+    <w:rsid w:val="00226DC6"/>
+    <w:rsid w:val="00232D76"/>
     <w:rsid w:val="00241C2D"/>
     <w:rsid w:val="0025214B"/>
     <w:rsid w:val="00253038"/>
     <w:rsid w:val="00253A6A"/>
     <w:rsid w:val="00260456"/>
     <w:rsid w:val="00264667"/>
     <w:rsid w:val="00264BA7"/>
     <w:rsid w:val="00267C98"/>
     <w:rsid w:val="0027097E"/>
     <w:rsid w:val="00273499"/>
     <w:rsid w:val="0027355B"/>
     <w:rsid w:val="00276422"/>
+    <w:rsid w:val="0028506B"/>
     <w:rsid w:val="00296D2B"/>
     <w:rsid w:val="002A0965"/>
     <w:rsid w:val="002A4284"/>
     <w:rsid w:val="002B34B8"/>
     <w:rsid w:val="002B3570"/>
     <w:rsid w:val="002B4314"/>
     <w:rsid w:val="002C43F2"/>
     <w:rsid w:val="002C45F3"/>
     <w:rsid w:val="002C5806"/>
     <w:rsid w:val="002C796D"/>
     <w:rsid w:val="002D221A"/>
     <w:rsid w:val="002D224E"/>
     <w:rsid w:val="002D4060"/>
     <w:rsid w:val="002E1F6A"/>
     <w:rsid w:val="002E38C8"/>
     <w:rsid w:val="002E629D"/>
     <w:rsid w:val="003129C9"/>
     <w:rsid w:val="00314065"/>
     <w:rsid w:val="00314906"/>
     <w:rsid w:val="0031714F"/>
     <w:rsid w:val="00320647"/>
     <w:rsid w:val="0032781B"/>
     <w:rsid w:val="003303F6"/>
     <w:rsid w:val="003306A1"/>
     <w:rsid w:val="00334378"/>
     <w:rsid w:val="00341F6F"/>
     <w:rsid w:val="0034452B"/>
+    <w:rsid w:val="003454EF"/>
     <w:rsid w:val="0035081E"/>
     <w:rsid w:val="0035092D"/>
     <w:rsid w:val="00353E17"/>
     <w:rsid w:val="00360DD0"/>
     <w:rsid w:val="00363D47"/>
     <w:rsid w:val="00364321"/>
     <w:rsid w:val="003763AF"/>
     <w:rsid w:val="0038251A"/>
     <w:rsid w:val="0038315E"/>
     <w:rsid w:val="00383F66"/>
     <w:rsid w:val="00385FA5"/>
     <w:rsid w:val="00391FE9"/>
     <w:rsid w:val="0039476A"/>
     <w:rsid w:val="003A4714"/>
     <w:rsid w:val="003A7FE3"/>
     <w:rsid w:val="003B2819"/>
     <w:rsid w:val="003B398F"/>
     <w:rsid w:val="003B3A0A"/>
     <w:rsid w:val="003B5945"/>
     <w:rsid w:val="003C06A0"/>
     <w:rsid w:val="003C1000"/>
     <w:rsid w:val="003C1EAE"/>
     <w:rsid w:val="003C2639"/>
     <w:rsid w:val="003C33A2"/>
+    <w:rsid w:val="003D37CE"/>
     <w:rsid w:val="003D4A1E"/>
     <w:rsid w:val="003D7F13"/>
     <w:rsid w:val="003E01D7"/>
     <w:rsid w:val="003E0B2F"/>
     <w:rsid w:val="003E2700"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="004015F1"/>
     <w:rsid w:val="00405081"/>
     <w:rsid w:val="00415C32"/>
     <w:rsid w:val="004215D1"/>
+    <w:rsid w:val="004217EE"/>
     <w:rsid w:val="004219E1"/>
+    <w:rsid w:val="0042324D"/>
+    <w:rsid w:val="00424E9B"/>
     <w:rsid w:val="004448B8"/>
     <w:rsid w:val="00444985"/>
     <w:rsid w:val="00444EA2"/>
     <w:rsid w:val="004463A3"/>
     <w:rsid w:val="00447102"/>
     <w:rsid w:val="00451334"/>
     <w:rsid w:val="00452098"/>
+    <w:rsid w:val="00452C89"/>
     <w:rsid w:val="004530B5"/>
     <w:rsid w:val="0045744D"/>
     <w:rsid w:val="0046025A"/>
     <w:rsid w:val="00476C7F"/>
     <w:rsid w:val="00477EC7"/>
     <w:rsid w:val="00480AFF"/>
     <w:rsid w:val="004811D3"/>
     <w:rsid w:val="004820A9"/>
     <w:rsid w:val="00483258"/>
+    <w:rsid w:val="004860EB"/>
     <w:rsid w:val="004913DF"/>
     <w:rsid w:val="00492444"/>
     <w:rsid w:val="004A196B"/>
     <w:rsid w:val="004A2F64"/>
     <w:rsid w:val="004A3A88"/>
     <w:rsid w:val="004C0E1A"/>
     <w:rsid w:val="004C19BC"/>
     <w:rsid w:val="004C37AC"/>
     <w:rsid w:val="004C467B"/>
     <w:rsid w:val="004C68E3"/>
     <w:rsid w:val="004D1261"/>
     <w:rsid w:val="004D7A12"/>
     <w:rsid w:val="004E106C"/>
     <w:rsid w:val="004E4922"/>
     <w:rsid w:val="004E5A78"/>
     <w:rsid w:val="004E68A2"/>
+    <w:rsid w:val="004F1D4E"/>
     <w:rsid w:val="004F540F"/>
     <w:rsid w:val="004F6140"/>
     <w:rsid w:val="00500A15"/>
     <w:rsid w:val="00507688"/>
     <w:rsid w:val="00510AFE"/>
     <w:rsid w:val="00526CC5"/>
     <w:rsid w:val="0052721F"/>
+    <w:rsid w:val="0053734C"/>
     <w:rsid w:val="00542CE2"/>
     <w:rsid w:val="00542D22"/>
     <w:rsid w:val="00542EC7"/>
     <w:rsid w:val="0055031B"/>
     <w:rsid w:val="0055149F"/>
     <w:rsid w:val="0055576D"/>
     <w:rsid w:val="00561D29"/>
     <w:rsid w:val="005648E6"/>
+    <w:rsid w:val="005658D7"/>
+    <w:rsid w:val="00575C50"/>
     <w:rsid w:val="00575D9E"/>
     <w:rsid w:val="00576C20"/>
     <w:rsid w:val="005775EA"/>
     <w:rsid w:val="00581B8B"/>
     <w:rsid w:val="00585DCF"/>
+    <w:rsid w:val="005940A5"/>
     <w:rsid w:val="00595A8F"/>
     <w:rsid w:val="005965F2"/>
     <w:rsid w:val="00596EBB"/>
     <w:rsid w:val="00596EDC"/>
     <w:rsid w:val="005970A0"/>
     <w:rsid w:val="005A5249"/>
+    <w:rsid w:val="005A7C83"/>
     <w:rsid w:val="005B0A5F"/>
     <w:rsid w:val="005B1282"/>
     <w:rsid w:val="005B3BE7"/>
     <w:rsid w:val="005B4119"/>
     <w:rsid w:val="005B54D2"/>
     <w:rsid w:val="005B6564"/>
     <w:rsid w:val="005B7A05"/>
     <w:rsid w:val="005C2DF8"/>
     <w:rsid w:val="005C4A19"/>
     <w:rsid w:val="005C5923"/>
     <w:rsid w:val="005C68CE"/>
     <w:rsid w:val="005D1FDB"/>
     <w:rsid w:val="005D25B4"/>
     <w:rsid w:val="005E6506"/>
     <w:rsid w:val="005F78FE"/>
     <w:rsid w:val="006012FB"/>
     <w:rsid w:val="006066E6"/>
+    <w:rsid w:val="00607E26"/>
     <w:rsid w:val="006124BA"/>
+    <w:rsid w:val="00614E55"/>
     <w:rsid w:val="00616646"/>
+    <w:rsid w:val="0062503E"/>
     <w:rsid w:val="0062597F"/>
     <w:rsid w:val="00626378"/>
     <w:rsid w:val="006338E5"/>
     <w:rsid w:val="00641355"/>
     <w:rsid w:val="006444EE"/>
     <w:rsid w:val="00644FEB"/>
     <w:rsid w:val="00657354"/>
     <w:rsid w:val="00664B6A"/>
     <w:rsid w:val="00672554"/>
     <w:rsid w:val="006731FF"/>
     <w:rsid w:val="00676753"/>
     <w:rsid w:val="0068028D"/>
     <w:rsid w:val="0068530F"/>
     <w:rsid w:val="0069090A"/>
     <w:rsid w:val="00693611"/>
     <w:rsid w:val="006A457E"/>
     <w:rsid w:val="006A6069"/>
     <w:rsid w:val="006A6DCE"/>
     <w:rsid w:val="006B1660"/>
     <w:rsid w:val="006B1687"/>
     <w:rsid w:val="006B40A3"/>
     <w:rsid w:val="006D1E51"/>
     <w:rsid w:val="006D2362"/>
+    <w:rsid w:val="006D2407"/>
     <w:rsid w:val="006D2459"/>
     <w:rsid w:val="006D5116"/>
     <w:rsid w:val="006D7359"/>
     <w:rsid w:val="006E3EB3"/>
     <w:rsid w:val="006F4382"/>
     <w:rsid w:val="006F4AF9"/>
     <w:rsid w:val="006F5133"/>
     <w:rsid w:val="006F53D3"/>
     <w:rsid w:val="006F7E9C"/>
     <w:rsid w:val="00704B9A"/>
     <w:rsid w:val="00707EB4"/>
     <w:rsid w:val="00710450"/>
     <w:rsid w:val="00711D56"/>
     <w:rsid w:val="007126DF"/>
     <w:rsid w:val="007139E8"/>
     <w:rsid w:val="0071773E"/>
     <w:rsid w:val="00721BD5"/>
     <w:rsid w:val="00723569"/>
     <w:rsid w:val="00724169"/>
     <w:rsid w:val="00735C59"/>
     <w:rsid w:val="0074140E"/>
     <w:rsid w:val="007470B2"/>
     <w:rsid w:val="007501BB"/>
     <w:rsid w:val="0076166D"/>
     <w:rsid w:val="00762029"/>
+    <w:rsid w:val="0076274E"/>
     <w:rsid w:val="00776DE8"/>
     <w:rsid w:val="00783FD6"/>
     <w:rsid w:val="00792E8A"/>
     <w:rsid w:val="00794AC3"/>
     <w:rsid w:val="007953B8"/>
     <w:rsid w:val="00797F04"/>
     <w:rsid w:val="007A0E4D"/>
     <w:rsid w:val="007A2A4D"/>
     <w:rsid w:val="007A3469"/>
     <w:rsid w:val="007A3CEE"/>
     <w:rsid w:val="007B13B4"/>
     <w:rsid w:val="007B151D"/>
     <w:rsid w:val="007C22A4"/>
     <w:rsid w:val="007C5585"/>
     <w:rsid w:val="007D25E0"/>
     <w:rsid w:val="007D358C"/>
     <w:rsid w:val="007D478A"/>
     <w:rsid w:val="007D48E9"/>
+    <w:rsid w:val="007D5124"/>
     <w:rsid w:val="007D5589"/>
     <w:rsid w:val="007E210D"/>
     <w:rsid w:val="007E76F4"/>
     <w:rsid w:val="007F1A58"/>
     <w:rsid w:val="007F76AE"/>
     <w:rsid w:val="008067D1"/>
     <w:rsid w:val="00810A26"/>
     <w:rsid w:val="00827DF4"/>
     <w:rsid w:val="00827F9E"/>
     <w:rsid w:val="0083047C"/>
     <w:rsid w:val="00831D1F"/>
     <w:rsid w:val="00832B4B"/>
     <w:rsid w:val="0083642D"/>
     <w:rsid w:val="008509CC"/>
     <w:rsid w:val="008532B7"/>
     <w:rsid w:val="0085547D"/>
     <w:rsid w:val="00856D09"/>
     <w:rsid w:val="008617A7"/>
     <w:rsid w:val="00870465"/>
     <w:rsid w:val="00875A0F"/>
     <w:rsid w:val="00877F81"/>
+    <w:rsid w:val="00882B49"/>
     <w:rsid w:val="00887461"/>
     <w:rsid w:val="00890D4E"/>
     <w:rsid w:val="00892177"/>
     <w:rsid w:val="00896CE5"/>
+    <w:rsid w:val="008A1873"/>
     <w:rsid w:val="008A58B5"/>
     <w:rsid w:val="008A7DD9"/>
     <w:rsid w:val="008B2C73"/>
     <w:rsid w:val="008B4E03"/>
     <w:rsid w:val="008C3338"/>
     <w:rsid w:val="008C6547"/>
     <w:rsid w:val="008C79CD"/>
     <w:rsid w:val="008D10A0"/>
     <w:rsid w:val="008D31A6"/>
     <w:rsid w:val="008D393F"/>
     <w:rsid w:val="008D4EFE"/>
     <w:rsid w:val="008D55E1"/>
     <w:rsid w:val="008D70C4"/>
     <w:rsid w:val="008E0236"/>
     <w:rsid w:val="008E0FCE"/>
     <w:rsid w:val="008E347F"/>
     <w:rsid w:val="008F4B7F"/>
     <w:rsid w:val="008F5354"/>
     <w:rsid w:val="00901BB6"/>
     <w:rsid w:val="0090388F"/>
     <w:rsid w:val="009055C8"/>
     <w:rsid w:val="0090677E"/>
     <w:rsid w:val="00911218"/>
     <w:rsid w:val="00912431"/>
     <w:rsid w:val="00912EAB"/>
     <w:rsid w:val="00927B3B"/>
     <w:rsid w:val="0093281D"/>
     <w:rsid w:val="0093339D"/>
     <w:rsid w:val="009336A5"/>
     <w:rsid w:val="00934E23"/>
     <w:rsid w:val="00937FF4"/>
     <w:rsid w:val="00942BBE"/>
     <w:rsid w:val="00942C79"/>
     <w:rsid w:val="009446A5"/>
     <w:rsid w:val="009456F9"/>
     <w:rsid w:val="00945916"/>
     <w:rsid w:val="00946C5E"/>
     <w:rsid w:val="00947B7B"/>
     <w:rsid w:val="00950435"/>
+    <w:rsid w:val="00951396"/>
     <w:rsid w:val="009539D1"/>
     <w:rsid w:val="009578F5"/>
     <w:rsid w:val="00961881"/>
     <w:rsid w:val="00963F23"/>
     <w:rsid w:val="00964C65"/>
     <w:rsid w:val="00964C79"/>
     <w:rsid w:val="00967270"/>
     <w:rsid w:val="009743BF"/>
     <w:rsid w:val="009836E3"/>
     <w:rsid w:val="0098437D"/>
     <w:rsid w:val="00987358"/>
     <w:rsid w:val="00995688"/>
     <w:rsid w:val="00995C95"/>
     <w:rsid w:val="00997AD2"/>
     <w:rsid w:val="009B2995"/>
     <w:rsid w:val="009B33F5"/>
     <w:rsid w:val="009B5248"/>
     <w:rsid w:val="009B5CD8"/>
+    <w:rsid w:val="009B66E0"/>
     <w:rsid w:val="009C3026"/>
     <w:rsid w:val="009D0192"/>
     <w:rsid w:val="009D237D"/>
     <w:rsid w:val="009D779D"/>
     <w:rsid w:val="009E15DE"/>
     <w:rsid w:val="009E1F0F"/>
     <w:rsid w:val="009E2E7F"/>
     <w:rsid w:val="009E63F9"/>
     <w:rsid w:val="009F0EEB"/>
     <w:rsid w:val="009F7A5E"/>
     <w:rsid w:val="00A00B09"/>
     <w:rsid w:val="00A034F0"/>
     <w:rsid w:val="00A07DC5"/>
     <w:rsid w:val="00A11E70"/>
     <w:rsid w:val="00A1218D"/>
     <w:rsid w:val="00A12A49"/>
     <w:rsid w:val="00A1589D"/>
     <w:rsid w:val="00A223F4"/>
     <w:rsid w:val="00A226F3"/>
     <w:rsid w:val="00A252DB"/>
     <w:rsid w:val="00A26779"/>
     <w:rsid w:val="00A323E8"/>
     <w:rsid w:val="00A33EC6"/>
+    <w:rsid w:val="00A35C16"/>
     <w:rsid w:val="00A35EED"/>
     <w:rsid w:val="00A458F6"/>
     <w:rsid w:val="00A51CC4"/>
     <w:rsid w:val="00A5726C"/>
     <w:rsid w:val="00A60A94"/>
     <w:rsid w:val="00A6232A"/>
     <w:rsid w:val="00A62392"/>
     <w:rsid w:val="00A6438E"/>
     <w:rsid w:val="00A64B98"/>
     <w:rsid w:val="00A71C01"/>
     <w:rsid w:val="00A803A8"/>
     <w:rsid w:val="00A81BC9"/>
+    <w:rsid w:val="00A823FF"/>
     <w:rsid w:val="00A938FF"/>
+    <w:rsid w:val="00A94478"/>
     <w:rsid w:val="00A9775E"/>
     <w:rsid w:val="00A97AD1"/>
     <w:rsid w:val="00AA2B52"/>
     <w:rsid w:val="00AA4830"/>
     <w:rsid w:val="00AB4799"/>
     <w:rsid w:val="00AB5151"/>
     <w:rsid w:val="00AB5AA2"/>
     <w:rsid w:val="00AB6CE1"/>
     <w:rsid w:val="00AB735C"/>
     <w:rsid w:val="00AB7EC8"/>
     <w:rsid w:val="00AC4569"/>
     <w:rsid w:val="00AC5699"/>
     <w:rsid w:val="00AC7EE7"/>
     <w:rsid w:val="00AD09FE"/>
     <w:rsid w:val="00AD255E"/>
     <w:rsid w:val="00AE4940"/>
     <w:rsid w:val="00AE78EC"/>
     <w:rsid w:val="00AF0011"/>
     <w:rsid w:val="00AF1480"/>
     <w:rsid w:val="00AF549F"/>
     <w:rsid w:val="00AF5724"/>
     <w:rsid w:val="00B00147"/>
     <w:rsid w:val="00B00436"/>
     <w:rsid w:val="00B008DB"/>
     <w:rsid w:val="00B039E1"/>
@@ -7593,267 +8326,282 @@
     <w:rsid w:val="00B20CF8"/>
     <w:rsid w:val="00B215D6"/>
     <w:rsid w:val="00B23666"/>
     <w:rsid w:val="00B26CF0"/>
     <w:rsid w:val="00B27DC1"/>
     <w:rsid w:val="00B27E43"/>
     <w:rsid w:val="00B31240"/>
     <w:rsid w:val="00B330AE"/>
     <w:rsid w:val="00B42BCF"/>
     <w:rsid w:val="00B42D92"/>
     <w:rsid w:val="00B528B5"/>
     <w:rsid w:val="00B54BF3"/>
     <w:rsid w:val="00B61DA8"/>
     <w:rsid w:val="00B677BB"/>
     <w:rsid w:val="00B72CD7"/>
     <w:rsid w:val="00B77218"/>
     <w:rsid w:val="00B77C0D"/>
     <w:rsid w:val="00B817FA"/>
     <w:rsid w:val="00B83846"/>
     <w:rsid w:val="00B83E88"/>
     <w:rsid w:val="00B849FA"/>
     <w:rsid w:val="00B84F65"/>
     <w:rsid w:val="00B87739"/>
     <w:rsid w:val="00B9386F"/>
     <w:rsid w:val="00B945B8"/>
+    <w:rsid w:val="00B945E2"/>
     <w:rsid w:val="00B948DC"/>
     <w:rsid w:val="00BA0820"/>
     <w:rsid w:val="00BA24D2"/>
     <w:rsid w:val="00BB25D2"/>
     <w:rsid w:val="00BB37E2"/>
     <w:rsid w:val="00BC02F4"/>
+    <w:rsid w:val="00BC0628"/>
     <w:rsid w:val="00BC3AC4"/>
     <w:rsid w:val="00BC720A"/>
     <w:rsid w:val="00BD2CFF"/>
     <w:rsid w:val="00BD4DC9"/>
     <w:rsid w:val="00BD6362"/>
     <w:rsid w:val="00BD73DA"/>
     <w:rsid w:val="00BE32DA"/>
     <w:rsid w:val="00BE6DED"/>
     <w:rsid w:val="00BF0122"/>
+    <w:rsid w:val="00BF0890"/>
     <w:rsid w:val="00BF1010"/>
     <w:rsid w:val="00BF1A67"/>
     <w:rsid w:val="00BF1D2B"/>
     <w:rsid w:val="00BF585F"/>
     <w:rsid w:val="00BF6264"/>
     <w:rsid w:val="00C011CF"/>
     <w:rsid w:val="00C119E7"/>
     <w:rsid w:val="00C12872"/>
     <w:rsid w:val="00C17847"/>
     <w:rsid w:val="00C21018"/>
     <w:rsid w:val="00C22AFE"/>
     <w:rsid w:val="00C23FF6"/>
+    <w:rsid w:val="00C24F73"/>
     <w:rsid w:val="00C3436C"/>
     <w:rsid w:val="00C37456"/>
+    <w:rsid w:val="00C37878"/>
     <w:rsid w:val="00C40DCE"/>
     <w:rsid w:val="00C42146"/>
     <w:rsid w:val="00C43583"/>
     <w:rsid w:val="00C43593"/>
     <w:rsid w:val="00C44619"/>
+    <w:rsid w:val="00C51146"/>
     <w:rsid w:val="00C5338B"/>
     <w:rsid w:val="00C54EF8"/>
     <w:rsid w:val="00C601AF"/>
     <w:rsid w:val="00C63189"/>
     <w:rsid w:val="00C66B55"/>
     <w:rsid w:val="00C67C79"/>
     <w:rsid w:val="00C800D5"/>
     <w:rsid w:val="00C9406F"/>
     <w:rsid w:val="00CA00D8"/>
     <w:rsid w:val="00CA02C5"/>
     <w:rsid w:val="00CA073E"/>
     <w:rsid w:val="00CA1B15"/>
+    <w:rsid w:val="00CA4DC8"/>
     <w:rsid w:val="00CA6A8D"/>
     <w:rsid w:val="00CB2CD3"/>
     <w:rsid w:val="00CB2FB9"/>
     <w:rsid w:val="00CB5F56"/>
     <w:rsid w:val="00CC0D42"/>
     <w:rsid w:val="00CC3C5C"/>
     <w:rsid w:val="00CC5000"/>
     <w:rsid w:val="00CD4285"/>
+    <w:rsid w:val="00CD55F0"/>
     <w:rsid w:val="00CD7904"/>
     <w:rsid w:val="00CE3071"/>
     <w:rsid w:val="00CE6FD0"/>
     <w:rsid w:val="00CF0A63"/>
     <w:rsid w:val="00CF1397"/>
     <w:rsid w:val="00D0325F"/>
     <w:rsid w:val="00D1046A"/>
     <w:rsid w:val="00D10D85"/>
     <w:rsid w:val="00D123DA"/>
     <w:rsid w:val="00D26A30"/>
     <w:rsid w:val="00D31C21"/>
     <w:rsid w:val="00D3675A"/>
     <w:rsid w:val="00D37A00"/>
     <w:rsid w:val="00D45023"/>
     <w:rsid w:val="00D45F79"/>
     <w:rsid w:val="00D461DF"/>
     <w:rsid w:val="00D5083E"/>
     <w:rsid w:val="00D55CF5"/>
     <w:rsid w:val="00D57005"/>
     <w:rsid w:val="00D60CC5"/>
     <w:rsid w:val="00D6394B"/>
     <w:rsid w:val="00D7213B"/>
     <w:rsid w:val="00D744F0"/>
     <w:rsid w:val="00D773C7"/>
     <w:rsid w:val="00D82C8F"/>
     <w:rsid w:val="00D83235"/>
     <w:rsid w:val="00D844A8"/>
     <w:rsid w:val="00D955F3"/>
     <w:rsid w:val="00D958FE"/>
+    <w:rsid w:val="00DA115E"/>
     <w:rsid w:val="00DA308F"/>
     <w:rsid w:val="00DA515F"/>
     <w:rsid w:val="00DA57FF"/>
     <w:rsid w:val="00DA7836"/>
     <w:rsid w:val="00DA7CDD"/>
     <w:rsid w:val="00DB517C"/>
     <w:rsid w:val="00DC1A4E"/>
     <w:rsid w:val="00DC2112"/>
     <w:rsid w:val="00DC23B6"/>
     <w:rsid w:val="00DD6FF3"/>
     <w:rsid w:val="00DD77DD"/>
     <w:rsid w:val="00DE3AEA"/>
     <w:rsid w:val="00DE56D4"/>
     <w:rsid w:val="00DF29E5"/>
     <w:rsid w:val="00E017D2"/>
     <w:rsid w:val="00E16036"/>
     <w:rsid w:val="00E20838"/>
     <w:rsid w:val="00E2083B"/>
     <w:rsid w:val="00E23A6E"/>
     <w:rsid w:val="00E25934"/>
+    <w:rsid w:val="00E26D5F"/>
     <w:rsid w:val="00E279C0"/>
     <w:rsid w:val="00E3435B"/>
     <w:rsid w:val="00E35AA9"/>
     <w:rsid w:val="00E3641E"/>
     <w:rsid w:val="00E373D6"/>
     <w:rsid w:val="00E46E9D"/>
     <w:rsid w:val="00E52418"/>
     <w:rsid w:val="00E52B06"/>
     <w:rsid w:val="00E52C01"/>
     <w:rsid w:val="00E56804"/>
     <w:rsid w:val="00E56846"/>
     <w:rsid w:val="00E620E8"/>
     <w:rsid w:val="00E677EF"/>
     <w:rsid w:val="00E703F0"/>
     <w:rsid w:val="00E75E89"/>
     <w:rsid w:val="00E7612F"/>
     <w:rsid w:val="00E7659C"/>
     <w:rsid w:val="00E8372E"/>
     <w:rsid w:val="00E86BDF"/>
     <w:rsid w:val="00E9409F"/>
     <w:rsid w:val="00E974F1"/>
     <w:rsid w:val="00E9799D"/>
     <w:rsid w:val="00EA07A1"/>
     <w:rsid w:val="00EA1539"/>
     <w:rsid w:val="00EA5444"/>
     <w:rsid w:val="00EA613B"/>
     <w:rsid w:val="00EA6342"/>
     <w:rsid w:val="00EA6D4C"/>
+    <w:rsid w:val="00EB5A5B"/>
     <w:rsid w:val="00EC00EA"/>
     <w:rsid w:val="00EC2953"/>
     <w:rsid w:val="00EC3347"/>
     <w:rsid w:val="00EC3B0A"/>
     <w:rsid w:val="00ED0DA6"/>
     <w:rsid w:val="00ED137D"/>
     <w:rsid w:val="00ED5185"/>
+    <w:rsid w:val="00ED5D68"/>
     <w:rsid w:val="00EE09F3"/>
     <w:rsid w:val="00EE4BD1"/>
     <w:rsid w:val="00EE68F0"/>
     <w:rsid w:val="00EF1C7B"/>
     <w:rsid w:val="00EF2736"/>
     <w:rsid w:val="00EF2CEE"/>
     <w:rsid w:val="00F01582"/>
     <w:rsid w:val="00F03CCE"/>
+    <w:rsid w:val="00F04C74"/>
     <w:rsid w:val="00F04EE1"/>
     <w:rsid w:val="00F06AF4"/>
     <w:rsid w:val="00F07677"/>
     <w:rsid w:val="00F11551"/>
     <w:rsid w:val="00F11A40"/>
     <w:rsid w:val="00F2235A"/>
     <w:rsid w:val="00F22679"/>
     <w:rsid w:val="00F2545F"/>
     <w:rsid w:val="00F33256"/>
     <w:rsid w:val="00F344B7"/>
     <w:rsid w:val="00F3514C"/>
     <w:rsid w:val="00F42942"/>
     <w:rsid w:val="00F45CD3"/>
     <w:rsid w:val="00F50379"/>
+    <w:rsid w:val="00F5542A"/>
     <w:rsid w:val="00F55490"/>
     <w:rsid w:val="00F55D2C"/>
     <w:rsid w:val="00F56132"/>
     <w:rsid w:val="00F564D3"/>
     <w:rsid w:val="00F640F3"/>
     <w:rsid w:val="00F66E2B"/>
+    <w:rsid w:val="00F67AC9"/>
     <w:rsid w:val="00F75CCA"/>
     <w:rsid w:val="00F87340"/>
     <w:rsid w:val="00F96495"/>
     <w:rsid w:val="00FA02B5"/>
     <w:rsid w:val="00FA0B95"/>
     <w:rsid w:val="00FA534D"/>
     <w:rsid w:val="00FA7704"/>
     <w:rsid w:val="00FB0C41"/>
     <w:rsid w:val="00FB3485"/>
     <w:rsid w:val="00FB621A"/>
     <w:rsid w:val="00FB75B4"/>
     <w:rsid w:val="00FC1D3C"/>
     <w:rsid w:val="00FD0DE3"/>
     <w:rsid w:val="00FD1A17"/>
     <w:rsid w:val="00FE10E6"/>
     <w:rsid w:val="00FE630C"/>
     <w:rsid w:val="00FF49DD"/>
     <w:rsid w:val="00FF7A8C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6BF2010C"/>
   <w15:docId w15:val="{898138B1-9C51-3847-B2F8-87913CC3669F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8733,51 +9481,51 @@
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00856D09"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4792544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118494618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8788,50 +9536,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="166990808">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="182860657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="215894678">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="229117680">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9570,51 +10331,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2128235166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in-housestaff.org/perspectives-women-orthopaedic-surgery-leadership-development-893" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stti.confex.com/stti/chwe22/researchpop/papers/viewonly.cgi?password=695202&amp;username=111606" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajoyce@usf.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stti.confex.com/stti/chwe22/researchpop/papers/viewonly.cgi?password=695202&amp;username=111606" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in-housestaff.org/perspectives-women-orthopaedic-surgery-leadership-development-893" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4821874" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/abstract=4821874" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anng96@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9913,76 +10674,76 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0B6252D-F619-E94A-9C32-E13A3A831077}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7146</Characters>
+  <Pages>6</Pages>
+  <Words>1442</Words>
+  <Characters>10076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>237</Lines>
-  <Paragraphs>121</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CURRICULUM VITAE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dell Computer Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8198</CharactersWithSpaces>
+  <CharactersWithSpaces>11496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3670039</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ncbi.nlm.nih.gov/pubmed/21390891</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3538962</vt:i4>
       </vt:variant>
       <vt:variant>