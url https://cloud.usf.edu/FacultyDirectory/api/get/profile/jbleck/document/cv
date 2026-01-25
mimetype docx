--- v0 (2025-12-05)
+++ v1 (2026-01-25)
@@ -9,84 +9,72 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="61A244EE" w14:textId="7513EB89" w:rsidR="00D92776" w:rsidRPr="00787266" w:rsidRDefault="00B64692" w:rsidP="00D92776">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
-        <w:t>Vckl</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Vckl,,</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="293B4BA2" w14:textId="77777777" w:rsidR="00D92776" w:rsidRPr="00787266" w:rsidRDefault="00D92776" w:rsidP="00D92776">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787266">
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2377D4E3" w14:textId="77777777" w:rsidR="00D92776" w:rsidRPr="00474CFF" w:rsidRDefault="00D92776" w:rsidP="00AB618C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="13"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
@@ -202,51 +190,50 @@
         <w:ind w:left="1440" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Cell</w:t>
       </w:r>
       <w:r w:rsidR="0073156A" w:rsidRPr="00976CAE">
         <w:t>: 631-433-4769</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077BF26D" w14:textId="6B22F7F1" w:rsidR="0056239D" w:rsidRDefault="00F26FFF" w:rsidP="00D92776">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00FA0321" w:rsidRPr="00AA6914">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Jbleck@usf.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6943CDE1" w14:textId="77777777" w:rsidR="00D92776" w:rsidRDefault="00D92776" w:rsidP="00FA0321"/>
     <w:p w14:paraId="0B15C9A4" w14:textId="25A1E64B" w:rsidR="005311C3" w:rsidRPr="00976CAE" w:rsidRDefault="003E3115" w:rsidP="00FA0321">
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F157E" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1723479B" w14:textId="2A669E15" w:rsidR="00D62BC5" w:rsidRPr="00976CAE" w:rsidRDefault="0073156A" w:rsidP="00AB618C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F9E2F3" w14:textId="77777777" w:rsidR="00126C0F" w:rsidRPr="00976CAE" w:rsidRDefault="00126C0F" w:rsidP="00AB618C"/>
@@ -413,58 +400,95 @@
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Waltham, MA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8E010B" w14:textId="2BF35B76" w:rsidR="00FD555A" w:rsidRDefault="00FD555A" w:rsidP="00FD555A"/>
     <w:p w14:paraId="0D97191A" w14:textId="19DB8379" w:rsidR="00133758" w:rsidRPr="00976CAE" w:rsidRDefault="00133758" w:rsidP="00223E83"/>
     <w:p w14:paraId="78AAC1B3" w14:textId="3DC3A16F" w:rsidR="00133758" w:rsidRDefault="00133758" w:rsidP="00133758">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CERTIFICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B005F03" w14:textId="77777777" w:rsidR="00133758" w:rsidRDefault="00133758" w:rsidP="00133758">
-[...6 lines deleted...]
-    <w:p w14:paraId="54550E7F" w14:textId="59DB4091" w:rsidR="00EF5CEE" w:rsidRDefault="00EF5CEE" w:rsidP="00EF5CEE">
+    <w:p w14:paraId="7AC47EE9" w14:textId="36157F60" w:rsidR="00F61154" w:rsidRDefault="00F61154" w:rsidP="00F61154"/>
+    <w:p w14:paraId="5F45B5F1" w14:textId="69329527" w:rsidR="00F61154" w:rsidRPr="00212173" w:rsidRDefault="00F61154" w:rsidP="00F61154">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00212173">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005E235F">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:t>/2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lifestyle Medicine &amp; Food as Medicine Essentials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1061BDCA" w14:textId="3560BC68" w:rsidR="00F61154" w:rsidRDefault="00F61154" w:rsidP="00F61154">
+      <w:r w:rsidRPr="00212173">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00212173">
+        <w:tab/>
+        <w:t>American College of Lifestyle Medicine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6219EF84" w14:textId="77777777" w:rsidR="00F61154" w:rsidRDefault="00F61154" w:rsidP="00EF5CEE"/>
+    <w:p w14:paraId="54550E7F" w14:textId="10BA9CB1" w:rsidR="00EF5CEE" w:rsidRDefault="00EF5CEE" w:rsidP="00EF5CEE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>08/2023</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lifestyle Medicine Coaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E19EFF5" w14:textId="0404CDDC" w:rsidR="00EF5CEE" w:rsidRDefault="00EF5CEE" w:rsidP="00EF5CEE">
       <w:r>
@@ -615,100 +639,98 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RESEARCH INTERESTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F31D20" w14:textId="77777777" w:rsidR="005F51EC" w:rsidRPr="00976CAE" w:rsidRDefault="005F51EC" w:rsidP="005F51EC"/>
     <w:p w14:paraId="3D84AFE5" w14:textId="74932303" w:rsidR="00F10010" w:rsidRDefault="00F10010" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Health and wellness </w:t>
       </w:r>
       <w:r w:rsidR="00400612">
         <w:t>coaching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACF7E61" w14:textId="77777777" w:rsidR="00F00847" w:rsidRDefault="00F00847" w:rsidP="00F00847">
+    <w:p w14:paraId="7606A4B8" w14:textId="202F8674" w:rsidR="00E164C2" w:rsidRDefault="00F53ABA" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Program evaluation</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7606A4B8" w14:textId="202F8674" w:rsidR="00E164C2" w:rsidRDefault="00F53ABA" w:rsidP="005738D2">
+        <w:t xml:space="preserve">Adolescent </w:t>
+      </w:r>
+      <w:r w:rsidR="00E164C2">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD643D">
+        <w:t>ollege student wellbeing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E01A91" w14:textId="2ECA8998" w:rsidR="0056239D" w:rsidRDefault="00637B39" w:rsidP="00AB618C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Adolescent </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="39E01A91" w14:textId="2ECA8998" w:rsidR="0056239D" w:rsidRDefault="00637B39" w:rsidP="00AB618C">
+        <w:t xml:space="preserve">Mental </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00847">
+        <w:t>wellness</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DFB06F" w14:textId="6AFE810F" w:rsidR="00FD60CB" w:rsidRDefault="00FD60CB" w:rsidP="00AB618C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mental </w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="29F62DE9" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00976CAE" w:rsidRDefault="00AF5F35" w:rsidP="00AB618C"/>
+        <w:t>Program evaluation</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="46798CE5" w14:textId="10AE4322" w:rsidR="004D3946" w:rsidRPr="00976CAE" w:rsidRDefault="00E87DD8" w:rsidP="00AB618C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACADEMIC</w:t>
       </w:r>
       <w:r w:rsidR="00126C0F" w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> EXPERIENCE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C98C35A" w14:textId="5B8B09DE" w:rsidR="0025326D" w:rsidRDefault="0025326D" w:rsidP="00444C5C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -960,71 +982,71 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Chapel Hill, NC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7994FF68" w14:textId="77777777" w:rsidR="00003D72" w:rsidRDefault="00003D72" w:rsidP="00003D72">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B837C87" w14:textId="48071C3A" w:rsidR="005C3975" w:rsidRPr="00976CAE" w:rsidRDefault="005C3975" w:rsidP="005C3975">
+    <w:p w14:paraId="2B837C87" w14:textId="7184CC8C" w:rsidR="005C3975" w:rsidRPr="00976CAE" w:rsidRDefault="005C3975" w:rsidP="005C3975">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2021 </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r>
-        <w:t>Present</w:t>
+      <w:r w:rsidR="00736042">
+        <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F00847">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Assessment and Evaluation</w:t>
       </w:r>
       <w:r w:rsidR="009C5B8F">
         <w:rPr>
           <w:b/>
@@ -1400,95 +1422,88 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Tampa, FL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8046C0" w14:textId="77777777" w:rsidR="00003D72" w:rsidRDefault="00003D72" w:rsidP="009C5B43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="354D51D2" w14:textId="30BB0288" w:rsidR="009C5B43" w:rsidRPr="00976CAE" w:rsidRDefault="009C5B43" w:rsidP="009C5B43">
+    <w:p w14:paraId="354D51D2" w14:textId="1B23AAA5" w:rsidR="009C5B43" w:rsidRPr="00976CAE" w:rsidRDefault="009C5B43" w:rsidP="009C5B43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00003D72">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Associate </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AB6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Director of Support Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F972DB1" w14:textId="76989AB5" w:rsidR="00C34DAD" w:rsidRDefault="00F60C5F" w:rsidP="00F25CD1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Support Services</w:t>
@@ -4121,50 +4136,62 @@
     </w:p>
     <w:p w14:paraId="58D94FEC" w14:textId="37C05B99" w:rsidR="005C4AB6" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>PHC 4942</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Health and Wellness Coaching: Advanced Methods</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43811535" w14:textId="451B5B9F" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>PHC 4471</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>College Peer Health Education (Distance Learning)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="29BE1277" w14:textId="43D33AF2" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PHC 4755</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Foundations of Evaluations and Research</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="679676C9" w14:textId="219E7E2D" w:rsidR="008072DA" w:rsidRDefault="008072DA" w:rsidP="005C4AB6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>HSC 4631</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Critical Issues in Public Health (Distance Learning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="585B5AAA" w14:textId="20FD7FB4" w:rsidR="0018414F" w:rsidRPr="00976CAE" w:rsidRDefault="0018414F" w:rsidP="0018414F">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>HSC 4211</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
         <w:t>Health Behavior and Society (</w:t>
       </w:r>
       <w:r>
         <w:t>Distance Learning</w:t>
@@ -4201,63 +4228,63 @@
       <w:r>
         <w:t>PHC 6589</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Health and Wellness Coaching: Core Methods (In-Person &amp; Distance Learning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B87FC4" w14:textId="77777777" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>PHC 6586</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Health and Wellness Coaching: Skill Development (Distance Learning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B591879" w14:textId="4B0A4C28" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>PHC 6587</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Health and Wellness Coaching: Advanced Methods (In-Person &amp; Distance Learning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D28E91E" w14:textId="77D03FB0" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>PHC 6242</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Health and Wellness Coaching: Practicum (Distance Learning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69542E8B" w14:textId="2CA69182" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>PHC 6945</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
         <w:t>Field Experience through Service Learning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8A6A67" w14:textId="69065425" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -4801,51 +4828,50 @@
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73D692C3" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="007A64B1">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0823D100" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00976CAE" w:rsidRDefault="00AF5F35" w:rsidP="007A64B1">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07F21720" w14:textId="77777777" w:rsidR="008B3D7A" w:rsidRPr="00976CAE" w:rsidRDefault="008B3D7A" w:rsidP="007A64B1">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>STONY BROOK UNIVERSITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E38D7EA" w14:textId="55BFE7CD" w:rsidR="00146B9A" w:rsidRPr="00976CAE" w:rsidRDefault="00146B9A" w:rsidP="007A64B1">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Graduate Program in Public Health</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F97D3B" w14:textId="2FF8C88B" w:rsidR="00353EEC" w:rsidRPr="00976CAE" w:rsidRDefault="00353EEC" w:rsidP="007A64B1">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>College of Medicine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCE9C6E" w14:textId="77777777" w:rsidR="00730ADD" w:rsidRPr="00976CAE" w:rsidRDefault="00730ADD" w:rsidP="008B3D7A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -4900,436 +4926,683 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>TA</w:t>
       </w:r>
       <w:r w:rsidR="00B076D5" w:rsidRPr="00976CAE">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A9B9A8" w14:textId="77777777" w:rsidR="0077218B" w:rsidRPr="0077218B" w:rsidRDefault="0077218B" w:rsidP="00166F7C"/>
     <w:p w14:paraId="674262FE" w14:textId="77777777" w:rsidR="0077218B" w:rsidRPr="00976CAE" w:rsidRDefault="0077218B" w:rsidP="00166F7C"/>
     <w:p w14:paraId="098512BE" w14:textId="1B07C37A" w:rsidR="005216A8" w:rsidRPr="00976CAE" w:rsidRDefault="00AF7974" w:rsidP="00842490">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>STUDENT SUPERVISION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="021C327F" w14:textId="77777777" w:rsidR="00842490" w:rsidRPr="00976CAE" w:rsidRDefault="00842490" w:rsidP="00D92776"/>
-    <w:p w14:paraId="1A2B96E0" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+    <w:p w14:paraId="5DFAB217" w14:textId="462D566F" w:rsidR="000A4EB9" w:rsidRPr="00976CAE" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ROCKY MOUNTAIN UNIVERSITY OF HEALTH PROFESSIONS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1547D057" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+        <w:t>POINT LOMA NAZARENE UNIVERSITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758EFC69" w14:textId="77777777" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F105F96" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+    <w:p w14:paraId="0976431B" w14:textId="1CE3E8A0" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Doctoral Committees</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="322FF05C" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+        <w:t>Master’s Thesis Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F91922" w14:textId="77777777" w:rsidR="000A4EB9" w:rsidRPr="00976CAE" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7424BE6E" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+    <w:p w14:paraId="2745FB47" w14:textId="584B856C" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Student: Alyssa </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Student: Sharon Plache</w:t>
+      </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>DrPH Candidate</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="40AA66F7" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+        <w:t>MS Candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C5A909" w14:textId="6E9D6BC4" w:rsidR="000A4EB9" w:rsidRPr="00976CAE" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r>
-        <w:t>Association of Adverse Childhood Events with Trauma among College Students</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F4B9B8B" w14:textId="7DD0C01C" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+        <w:t>Trauma and Violence-Informed Care Competencies for Health and Wellness Coaches</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F29ABB" w14:textId="66DD5326" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Role: Committee Member</w:t>
       </w:r>
-      <w:r w:rsidR="005B492F">
-[...15 lines deleted...]
-    <w:p w14:paraId="29765B97" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00842490">
+      <w:r>
+        <w:t xml:space="preserve"> (2023-2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561F2108" w14:textId="77777777" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="00FE5061">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B32B228" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00842490">
+    <w:p w14:paraId="4ABBFCA7" w14:textId="77777777" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="00FE5061">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC9F1FB" w14:textId="3CA46E92" w:rsidR="00842490" w:rsidRPr="00976CAE" w:rsidRDefault="00842490" w:rsidP="00842490">
+    <w:p w14:paraId="1A2B96E0" w14:textId="7D26D750" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...7 lines deleted...]
-    <w:p w14:paraId="036A223E" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ROCKY MOUNTAIN UNIVERSITY OF HEALTH PROFESSIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1547D057" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F105F96" w14:textId="6E5FF4B3" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Doctoral Committees</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="19B04DA9" w14:textId="13CF4928" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t>Doctoral Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322FF05C" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7424BE6E" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Student: Sarah Scharf</w:t>
+        <w:t>Student: Alyssa Doslea</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>DrPH Candidate, College of Public Health</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BA01B85" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t>DrPH Candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AA66F7" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00976CAE" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r>
-        <w:t>An Exploratory Study of Influential Factors for Health and Wellness Coaching Opportunities for Health Care Professionals</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="684C8FF6" w14:textId="406413D7" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t>Association of Adverse Childhood Events with Trauma among College Students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4B9B8B" w14:textId="7DD0C01C" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Role: Co</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t>Role: Committee Member</w:t>
+      </w:r>
+      <w:r w:rsidR="005B492F">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="005B492F">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Present</w:t>
+      </w:r>
+      <w:r w:rsidR="005B492F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3BB79E" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
-[...5 lines deleted...]
-    <w:p w14:paraId="7A000DC6" w14:textId="6ED1203A" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+    <w:p w14:paraId="29765B97" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00842490">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B32B228" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00842490">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC9F1FB" w14:textId="3CA46E92" w:rsidR="00842490" w:rsidRPr="00976CAE" w:rsidRDefault="00842490" w:rsidP="00842490">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UNIVERSITY OF SOUTH FLORIDA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AC0C8C" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD"/>
+    <w:p w14:paraId="036A223E" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Doctoral Committees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357F8A55" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="00976CAE" w:rsidRDefault="006B488B" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D1713C" w14:textId="63E5A8EE" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Student: Michelle Catlin</w:t>
+        <w:t>Student: Amy Gatto</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>PhD Candidate, College of Education</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F1D5BEA" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t>PhD Candidate, College of Public Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF1B548" w14:textId="7A7ACE7B" w:rsidR="000A4EB9" w:rsidRPr="00976CAE" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk143608190"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="545C0AEE" w14:textId="1104AC37" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:r w:rsidR="00FD60CB">
+        <w:t>Increasing Emotional Support Among Youth and Young Adults: An Evaluation of Active Minds’ A.S.K. (Acknowledge, Support, Keep-in-touch) Brief Digital Intervention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C4649E" w14:textId="1B17E08B" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Role: Committee Member</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="6A1C2E17" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t xml:space="preserve">Role: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Committee Member (202</w:t>
+      </w:r>
+      <w:r w:rsidR="006B488B">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-Present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51ECDC6F" w14:textId="77777777" w:rsidR="000A4EB9" w:rsidRDefault="000A4EB9" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56211C32" w14:textId="3DE9CD1A" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+    <w:p w14:paraId="19B04DA9" w14:textId="0DE62A2E" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="000A4EB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Student: Krysta Banke</w:t>
+        <w:t>Student: Sarah Scharf</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>PhD Graduate, College of Education</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F437CF6" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+        <w:t>DrPH Candidate, College of Public Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA01B85" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Title: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>An Exploratory Study of Influential Factors for Health and Wellness Coaching Opportunities for Health Care Professionals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684C8FF6" w14:textId="406413D7" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Role: Co</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-Major Professor (2021-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1060B">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3BB79E" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A000DC6" w14:textId="6ED1203A" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="000A4EB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Student: Michelle Catlin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PhD Candidate, College of Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1D5BEA" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk143608190"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Title: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Mindfulness in Action: Advancing Adult Learning and Development Through a Critical Reflective Inquiry on Coaching for College Student Success, the Peer-to-Peer Learning Experience, and the Progressive Power of Cultivating Mindfulness</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="545C0AEE" w14:textId="1104AC37" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Role: Committee Member</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (2020-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1060B">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1C2E17" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56211C32" w14:textId="3DE9CD1A" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="000A4EB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Student: Krysta Banke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PhD Graduate, College of Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F437CF6" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk143608324"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r>
         <w:t>Honors Thesis Writers’ Motivation and Productivity Supports and Thwarts: A Developmental Analysis of the Honors Thesis Program at USF.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="32739878" w14:textId="4D6E42EC" w:rsidR="00C34DAD" w:rsidRPr="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Role: Committee Member</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2020-2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C50F9CC" w14:textId="77777777" w:rsidR="00F60C5F" w:rsidRDefault="00F60C5F" w:rsidP="007C6CF1"/>
-    <w:p w14:paraId="17B44542" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00B00D61" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+    <w:p w14:paraId="4B4397A6" w14:textId="06E72E2A" w:rsidR="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Master’s Degree</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thesis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Committees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EB7712" w14:textId="77777777" w:rsidR="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="007C6CF1"/>
+    <w:p w14:paraId="6D0A5DE1" w14:textId="61DC971C" w:rsidR="00AE452C" w:rsidRPr="00F64843" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Student: Jay Hiteshkumar Jariwala, MS Candidate, Bellini </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64843">
+        <w:t xml:space="preserve">College of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Artificial Intelligence, Cybersecurity, and Computing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422E7088" w14:textId="4A16F8E1" w:rsidR="00AE452C" w:rsidRPr="00976CAE" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Title: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>MyFoodRx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: A Personalized Food-as-Medicine mHealth Application for Food-Insecure Adults with Chronic Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE0FF41" w14:textId="6E56A108" w:rsidR="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Role: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Committee Member (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20517737" w14:textId="77777777" w:rsidR="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="007C6CF1"/>
+    <w:p w14:paraId="17B44542" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk143608956"/>
       <w:r w:rsidRPr="00B00D61">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Pharmacy Student Research Projects</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC37EC9" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="00B00D61" w:rsidRDefault="006B488B" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="79D1BCFB" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00B00D61" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00D61">
         <w:t>Students: Victoria Schwalm, Katie Duranceau, Sydney Anderson, Samuel Pointdexter, &amp; Kaitlyn Seabrook, Doctor of Pharmacy Candidates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4BD860" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00B00D61" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00B00D61">
         <w:t xml:space="preserve">Title: Exercise is Medicine – On Campus Pharmacy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEEE461" w14:textId="17E65605" w:rsidR="00C34DAD" w:rsidRPr="007C6CF1" w:rsidRDefault="00C34DAD" w:rsidP="007C6CF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00B00D61">
         <w:t xml:space="preserve">Role: </w:t>
       </w:r>
       <w:r>
         <w:t>Committee Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00D61">
         <w:t xml:space="preserve"> (2019)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="2680E6A0" w14:textId="77777777" w:rsidR="005B492F" w:rsidRDefault="005B492F" w:rsidP="00C34DAD">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="483F424C" w14:textId="4C67003C" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
+    <w:p w14:paraId="483F424C" w14:textId="4C67003C" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk143609106"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Graduate</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Special Projects</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="75A5DB23" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="00976CAE" w:rsidRDefault="006B488B" w:rsidP="00C34DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3DDF3E7E" w14:textId="44717EB3" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Student: Laura Marsh, MPH Candidate, College of Public Health</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386D3C4B" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Title: Girls on the Run Southern Tampa Bay Counci</w:t>
       </w:r>
       <w:r>
         <w:t>l: 2012-2013 Evaluation Report</w:t>
       </w:r>
     </w:p>
@@ -5372,81 +5645,89 @@
       </w:r>
       <w:r>
         <w:t>y: Fall 2012 Evaluation Report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="380A70FF" w14:textId="7E143E9D" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Role: Supervisor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544D0CBE" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRPr="00976CAE" w:rsidRDefault="00C34DAD" w:rsidP="00C34DAD">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="5EAE49A2" w14:textId="11948CBD" w:rsidR="00637B39" w:rsidRPr="004057F7" w:rsidRDefault="00842490" w:rsidP="004057F7">
+    <w:p w14:paraId="5EAE49A2" w14:textId="11948CBD" w:rsidR="00637B39" w:rsidRDefault="00842490" w:rsidP="004057F7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Undergraduate</w:t>
       </w:r>
       <w:r w:rsidR="00750835">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Honors</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Thesis</w:t>
       </w:r>
       <w:r w:rsidR="0080614A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Committees</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="59EA24C7" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="004057F7" w:rsidRDefault="006B488B" w:rsidP="004057F7">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7C4181" w14:textId="6E01352B" w:rsidR="00D1060B" w:rsidRDefault="00D1060B" w:rsidP="00D1060B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk143609367"/>
       <w:r>
         <w:t>Student: Abil Jospeh</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, BS </w:t>
       </w:r>
       <w:r>
         <w:t>Biology, Honors College</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE9BEAA" w14:textId="4B96A9E9" w:rsidR="00D1060B" w:rsidRPr="00976CAE" w:rsidRDefault="00D1060B" w:rsidP="00D1060B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
@@ -5540,59 +5821,61 @@
     <w:p w14:paraId="1E21264B" w14:textId="39972714" w:rsidR="00637B39" w:rsidRPr="00976CAE" w:rsidRDefault="00637B39" w:rsidP="00637B39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r w:rsidR="00241496">
         <w:t>Remote Learning and Increased Computer Usage During COVID-19 and the Resulting Health Issues</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7802DC39" w14:textId="68354B99" w:rsidR="00637B39" w:rsidRDefault="00637B39" w:rsidP="00637B39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Role: </w:t>
       </w:r>
       <w:r w:rsidR="00241496">
         <w:t>Thesis Chair (2020-2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D222C5" w14:textId="298CB3A3" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7"/>
+    <w:p w14:paraId="4B7B7921" w14:textId="77777777" w:rsidR="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="004057F7"/>
     <w:p w14:paraId="52B9DA7D" w14:textId="4FDB7DD4" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Student: Nikolas Jen</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, BS </w:t>
       </w:r>
       <w:r w:rsidR="00AF69FC">
         <w:t xml:space="preserve">Biomedical Sciences </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Candidate</w:t>
       </w:r>
       <w:r w:rsidR="00AF69FC">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Honors College</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFFD782" w14:textId="77777777" w:rsidR="004057F7" w:rsidRPr="00976CAE" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Title: Impact of Perceived Parenting Style on Eating and Physical Activity</w:t>
@@ -5695,83 +5978,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35A2606D" w14:textId="77777777" w:rsidR="004057F7" w:rsidRPr="00976CAE" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Title: Exploring the Relationship between Binge Eating and Obesity among ADHD Patients and Providing Recommendations for Prevention </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3159F477" w14:textId="77777777" w:rsidR="004057F7" w:rsidRDefault="004057F7" w:rsidP="004057F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Role: Committee Member</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2014)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="78C16D4E" w14:textId="77777777" w:rsidR="00C34DAD" w:rsidRDefault="00C34DAD" w:rsidP="008072DA"/>
-    <w:p w14:paraId="1174E58C" w14:textId="24D1F9F8" w:rsidR="00AF69FC" w:rsidRPr="00850E0E" w:rsidRDefault="00AF69FC" w:rsidP="008F32D7">
+    <w:p w14:paraId="1174E58C" w14:textId="1E058EE2" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="008F32D7">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Rehabilitation and Mental Health Counseling </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="006B488B">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Masters</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Master’s</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF5CEE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Program Internship</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="204B2C9D" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="00850E0E" w:rsidRDefault="006B488B" w:rsidP="008F32D7">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4C96F271" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Claire Kinney</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55DFB6EF" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Role: Supervisor</w:t>
@@ -5825,71 +6114,66 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Amber Jankowski</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1269652F" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Role: Supervisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="705B6BF3" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Summer 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E494C19" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="17554780" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="006B488B"/>
     <w:p w14:paraId="5CF960FA" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>Amyn Ali</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Amyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Ali</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="660A476F" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Role: Supervisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08764555" w14:textId="6D0ED25E" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="008F32D7">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Spring 2021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DA4E1E" w14:textId="77777777" w:rsidR="007C6CF1" w:rsidRDefault="007C6CF1" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C4E748B" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
@@ -5977,91 +6261,87 @@
         <w:t>Role: Supervisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495B461C" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Fall 2019 – Fall 2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D9D8540" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F0DC35D" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sara </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sara Schluender</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3E0C9BD4" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Role: Supervisor</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7F23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C2F414" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Summer 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461A517F" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB551BF" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Jennica Robe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="190DF9B6" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Role: Supervisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48316F31" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Summer 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B838DDC" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70E5E957" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
@@ -6087,74 +6367,81 @@
     <w:p w14:paraId="08357BBF" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Date: Spring 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA5A64A" w14:textId="34D6DC84" w:rsidR="005C4AB6" w:rsidRDefault="005C4AB6" w:rsidP="00AF69FC"/>
     <w:p w14:paraId="31D68C85" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRDefault="00FE5061" w:rsidP="00AF69FC"/>
     <w:p w14:paraId="1236B0B1" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EAST STROUDSBURG UNIVERSITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57253683" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6"/>
-    <w:p w14:paraId="49A932FB" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
+    <w:p w14:paraId="49A932FB" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Graduate</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Thesis Committees</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0835687B" w14:textId="77777777" w:rsidR="006B488B" w:rsidRPr="00976CAE" w:rsidRDefault="006B488B" w:rsidP="005C4AB6">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7B159688" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Student: Elicia Kaiser, MS Health Education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063CC6F6" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Title: Developing a School-based Nutrition Promotion Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A9800A" w14:textId="77777777" w:rsidR="005C4AB6" w:rsidRPr="00976CAE" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -6233,115 +6520,366 @@
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk143609629"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Title: An Analysis of Healthcare Providers and Their Approach to Screening for Adverse Childhood Experiences Based on the Health Belief Model</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="2BF28720" w14:textId="5D674743" w:rsidR="005C4AB6" w:rsidRDefault="005C4AB6" w:rsidP="005C4AB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Role: Chair</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>2015-2016</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400DBEEB" w14:textId="6A62042D" w:rsidR="005D2703" w:rsidRDefault="005D2703" w:rsidP="00722DA1"/>
-    <w:p w14:paraId="75277AFA" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00722DA1"/>
     <w:p w14:paraId="1E467DB9" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00722DA1"/>
     <w:p w14:paraId="4D472523" w14:textId="77777777" w:rsidR="005D2703" w:rsidRPr="00976CAE" w:rsidRDefault="005D2703" w:rsidP="00722DA1"/>
     <w:p w14:paraId="78AEE5C1" w14:textId="082B6DCD" w:rsidR="002400B6" w:rsidRPr="00976CAE" w:rsidRDefault="005D2703" w:rsidP="002400B6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>GRANTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE4B747" w14:textId="77777777" w:rsidR="00241496" w:rsidRDefault="00241496" w:rsidP="00241496">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C353619" w14:textId="62FDCF82" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
+    <w:p w14:paraId="069D803B" w14:textId="2742EA06" w:rsidR="00FD60CB" w:rsidRPr="00601E99" w:rsidRDefault="00FD60CB" w:rsidP="00FD60CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:r w:rsidRPr="0031769F">
+      <w:r w:rsidRPr="00601E99">
         <w:t>Title:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031769F">
-[...9 lines deleted...]
-    <w:p w14:paraId="40692503" w14:textId="616404A1" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
+      <w:r w:rsidRPr="00601E99">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00601E99">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00601E99" w:rsidRPr="00601E99">
+        <w:t>Digital Rx: AI Innovations in Life</w:t>
+      </w:r>
+      <w:r w:rsidR="00601E99">
+        <w:t>style Medicine Conference</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634CFE05" w14:textId="77777777" w:rsidR="00FD60CB" w:rsidRPr="0031769F" w:rsidRDefault="00FD60CB" w:rsidP="00FD60CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="0031769F">
         <w:t>Dates:</w:t>
       </w:r>
       <w:r w:rsidRPr="0031769F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0031769F">
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:t>2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB9F490" w14:textId="563737BA" w:rsidR="00FD60CB" w:rsidRPr="0031769F" w:rsidRDefault="00FD60CB" w:rsidP="00FD60CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Source:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+        <w:t xml:space="preserve">University of South Florida </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Conference Planning Grant (CONF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E7FD9F" w14:textId="717A90E4" w:rsidR="00FD60CB" w:rsidRPr="0031769F" w:rsidRDefault="00FD60CB" w:rsidP="00FD60CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Amount:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r>
+        <w:t>7,500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F99747" w14:textId="2E2293AF" w:rsidR="00FD60CB" w:rsidRDefault="00FD60CB" w:rsidP="00FD60CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Principal Investigator (Co-Is: Rita </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, John Templeton)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5B36CE" w14:textId="77777777" w:rsidR="00FD60CB" w:rsidRDefault="00FD60CB" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5051A2" w14:textId="672D4273" w:rsidR="00265891" w:rsidRPr="0031769F" w:rsidRDefault="00265891" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Title:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Personalized Food Rx: Transforming Food as Medicine through Digital Health Technology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70588080" w14:textId="2439B498" w:rsidR="00265891" w:rsidRPr="0031769F" w:rsidRDefault="00265891" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Dates:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E46A7BD" w14:textId="77777777" w:rsidR="00265891" w:rsidRPr="0031769F" w:rsidRDefault="00265891" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Source:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+        <w:t xml:space="preserve">University of South Florida </w:t>
+      </w:r>
+      <w:r>
+        <w:t>College of Public Health Internal Award</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479DAD3D" w14:textId="10EB3ED0" w:rsidR="00265891" w:rsidRPr="0031769F" w:rsidRDefault="00265891" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Amount:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r>
+        <w:t>50,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070BE41E" w14:textId="5031832D" w:rsidR="00265891" w:rsidRDefault="00265891" w:rsidP="00265891">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Co-Principal Investigator (Co-PIs: Rita </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, John Templeton)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FDBEBD" w14:textId="77777777" w:rsidR="00265891" w:rsidRDefault="00265891" w:rsidP="00F60C5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C353619" w14:textId="6E3AF60A" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Title:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="005D2703">
-        <w:t>2023-2024</w:t>
+        <w:t>Exploring the Delivery of Health and Wellness Coaching Across Modalities: Perceptions and Implications for Effective Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40692503" w14:textId="2B6EC683" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031769F">
+        <w:t>Dates:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031769F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D2703">
+        <w:t>2023-202</w:t>
+      </w:r>
+      <w:r w:rsidR="003201E3">
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBDCC51" w14:textId="4C91CB0B" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="0031769F">
         <w:t>Source:</w:t>
       </w:r>
       <w:r w:rsidRPr="0031769F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0031769F">
         <w:tab/>
         <w:t xml:space="preserve">University of South Florida </w:t>
       </w:r>
       <w:r w:rsidR="005D2703">
         <w:t>College of Public Health Internal Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38540C4E" w14:textId="26470E4B" w:rsidR="00F60C5F" w:rsidRPr="0031769F" w:rsidRDefault="00F60C5F" w:rsidP="00F60C5F">
       <w:pPr>
@@ -7135,51 +7673,50 @@
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:tab/>
         <w:t>Evaluation Research Assistant</w:t>
       </w:r>
       <w:r w:rsidR="00DB64B6">
         <w:t xml:space="preserve"> (PI: David Ferguson)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B97273" w14:textId="20673B0F" w:rsidR="005216A8" w:rsidRPr="00CF56F1" w:rsidRDefault="005216A8" w:rsidP="00AB29E0">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B05ACF2" w14:textId="151A6238" w:rsidR="005216A8" w:rsidRPr="00CF56F1" w:rsidRDefault="005216A8" w:rsidP="00E9387F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF56F1">
-        <w:lastRenderedPageBreak/>
         <w:t>Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E9387F" w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:t>Cost of Treatment at the Mayo Pediatric Chronic Pain Rehabilitation Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C8AB71" w14:textId="72783335" w:rsidR="005216A8" w:rsidRPr="00CF56F1" w:rsidRDefault="00D7642C" w:rsidP="005216A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF56F1">
         <w:t>Dates:</w:t>
       </w:r>
@@ -7236,6042 +7773,6360 @@
     </w:p>
     <w:p w14:paraId="1D81BD6E" w14:textId="24C86CC0" w:rsidR="000D0FD5" w:rsidRPr="00CF56F1" w:rsidRDefault="005216A8" w:rsidP="005216A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF56F1">
         <w:t>Role:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E9387F" w:rsidRPr="00CF56F1">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CF56F1">
         <w:t>Principal Investigator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7C00DD" w14:textId="2939FF9E" w:rsidR="007C6CF1" w:rsidRDefault="007C6CF1" w:rsidP="00C02A2F"/>
-    <w:p w14:paraId="3110285E" w14:textId="77777777" w:rsidR="007C6CF1" w:rsidRPr="00CF56F1" w:rsidRDefault="007C6CF1" w:rsidP="00C02A2F"/>
+    <w:p w14:paraId="3110285E" w14:textId="77777777" w:rsidR="007C6CF1" w:rsidRDefault="007C6CF1" w:rsidP="00C02A2F"/>
+    <w:p w14:paraId="4AB2B82B" w14:textId="77777777" w:rsidR="00FE4978" w:rsidRPr="00CF56F1" w:rsidRDefault="00FE4978" w:rsidP="00C02A2F"/>
     <w:p w14:paraId="6F501F5E" w14:textId="420EF153" w:rsidR="00FF7A18" w:rsidRPr="00003741" w:rsidRDefault="00722DA1" w:rsidP="00AB618C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PUBLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC76414" w14:textId="415B0437" w:rsidR="00A12F88" w:rsidRPr="00003741" w:rsidRDefault="00A12F88" w:rsidP="00722DA1"/>
     <w:p w14:paraId="12B7FCCF" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRPr="00003741" w:rsidRDefault="00AF69FC" w:rsidP="00AF69FC">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk143609726"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>*Student first author</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBD92DD" w14:textId="77777777" w:rsidR="00AF69FC" w:rsidRPr="00003741" w:rsidRDefault="00AF69FC" w:rsidP="00722DA1"/>
     <w:p w14:paraId="4146D8B6" w14:textId="5B698E3B" w:rsidR="00D1060B" w:rsidRPr="00AF5F35" w:rsidRDefault="00B21BC9" w:rsidP="00AF5F35">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PEER REVIEWED PUBLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620BC298" w14:textId="77777777" w:rsidR="00D1060B" w:rsidRPr="00003741" w:rsidRDefault="00D1060B" w:rsidP="00C26399">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36D80059" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
+    <w:p w14:paraId="2A7AFD12" w14:textId="4B0FA76A" w:rsidR="00AE452C" w:rsidRPr="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t xml:space="preserve">(2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">Exploring outcomes of a university-based health and wellness coaching program: A comparison of three self-selected delivery methods. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Journal of Health </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E" w:rsidRPr="00C0206E">
+        <w:t>Psychology</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>, 1-15.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00AF5F35">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>[Impact Factor (IF): 2.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Impact Factor (IF): 2.4]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20D83785" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4000C4" w14:textId="77777777" w:rsidR="00AE452C" w:rsidRPr="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="24A9592E" w14:textId="7D9A3B0C" w:rsidR="00620901" w:rsidRPr="00003741" w:rsidRDefault="00412D54" w:rsidP="00620901">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E9910CD" w14:textId="44E61DBD" w:rsidR="00AE452C" w:rsidRPr="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00956812">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>*J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>ariwala</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, J., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>Anjum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, A., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>Kotha</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, T., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>Thomas, H</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00003741">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE452C">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00003741">
-[...50 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>, R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve"> &amp; Templeton, J. (2025). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>MyFoodRx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">: Design of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">ersonalized </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>ood-as-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">edicine </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">pplication to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">romote </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">ood </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">ecurity and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">hronic </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">isease </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t xml:space="preserve">anagement. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E" w:rsidRPr="00C0206E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="2070DFE9" w14:textId="44C4747F" w:rsidR="00C72B5D" w:rsidRPr="00003741" w:rsidRDefault="00C72B5D" w:rsidP="00C72B5D">
+        </w:rPr>
+        <w:t>2025 IEEE International Conference on Smart Computing (SMARTCOMP)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:t>, 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE452C">
+        <w:t>18-323. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E99C122" w14:textId="77777777" w:rsidR="00AE452C" w:rsidRPr="00003741" w:rsidRDefault="00AE452C" w:rsidP="00AE452C"/>
+    <w:p w14:paraId="05E7F286" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRPr="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00F44F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...210 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Smith, K., Mansouri, J., &amp; Early, C. (202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Exploring the link between demographic, employment, and coaching characteristics with financial earning among Health and Wellness Coaches. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>American Journal of Lifestyle Medicine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, 19(6), 870-887</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F35">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 2.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452CFAC7" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRPr="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00F44F22">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="422B20AE" w14:textId="757210E5" w:rsidR="00ED27DA" w:rsidRPr="00003741" w:rsidRDefault="00ED27DA" w:rsidP="00ED27DA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D47FE71" w14:textId="7A88115D" w:rsidR="008D74FF" w:rsidRPr="00F44F22" w:rsidRDefault="008D74FF" w:rsidP="00265891">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...31 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="74C0EA05" w14:textId="34336DD2" w:rsidR="00003741" w:rsidRPr="00003741" w:rsidRDefault="00AF69FC" w:rsidP="00003741">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thompson, E., &amp; Kline, N. </w:t>
+      </w:r>
+      <w:r w:rsidR="00265891">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Examining mental health among multiply minoritized college students:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve"> The need for intersectional approaches. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265891">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Health Behavior Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00265891" w:rsidRPr="00265891">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00265891">
+        <w:t xml:space="preserve">7(3), 8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE452C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(IF: 2.0)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D83785" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A9592E" w14:textId="0FC40D64" w:rsidR="00620901" w:rsidRPr="00003741" w:rsidRDefault="00412D54" w:rsidP="00620901">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">&amp; </w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00EE01A7" w:rsidRPr="00003741">
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EE01A7" w:rsidRPr="00003741">
-[...5 lines deleted...]
-      <w:r w:rsidR="00EE01A7" w:rsidRPr="00003741">
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R., Gatto, A., &amp; Garcia, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620901" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00620901" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="007175CD" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pilot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evaluation of a </w:t>
+      </w:r>
+      <w:r w:rsidR="007175CD" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">university health and </w:t>
+      </w:r>
+      <w:r w:rsidR="00620901" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00620901" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching program </w:t>
+      </w:r>
+      <w:r w:rsidR="007175CD" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> college students. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Journal of American College Health</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>Health Education and Behavior</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>50(5),</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 613-621.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5F35">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE01A7" w:rsidRPr="00003741">
+      <w:r w:rsidR="00620901" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 3.093</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007175CD" w:rsidRPr="00003741">
+        <w:t>(IF: 4.444</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5F35">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2FD30F" w14:textId="77777777" w:rsidR="00003741" w:rsidRPr="00003741" w:rsidRDefault="00003741" w:rsidP="00003741">
+    <w:p w14:paraId="3496AEDC" w14:textId="77777777" w:rsidR="00C72B5D" w:rsidRPr="00003741" w:rsidRDefault="00C72B5D" w:rsidP="00C72B5D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A45B2CA" w14:textId="33FEAD23" w:rsidR="00EB2697" w:rsidRPr="00003741" w:rsidRDefault="00030737" w:rsidP="00EB2697">
+    <w:p w14:paraId="001554E8" w14:textId="71C70581" w:rsidR="00C0206E" w:rsidRPr="00C0206E" w:rsidRDefault="00C0206E" w:rsidP="00C0206E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Gatto, A., Walters, E., Garcia, J., James, J., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
-      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
-[...17 lines deleted...]
-      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, R. (202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Knowledge of and satisfaction with a behavioral intervention team at a large urban southeastern university. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Clinical Practice in Pediatric Psychology, </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+        <w:t>Journal of American College Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>71(7), 2168-2175</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 0.81</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="5CF337D7" w14:textId="07EF5ADD" w:rsidR="00AF69FC" w:rsidRPr="00003741" w:rsidRDefault="00BD16B9" w:rsidP="00FE5061">
+        <w:t>(IF: 3.093)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031A100D" w14:textId="77777777" w:rsidR="00C0206E" w:rsidRPr="00C0206E" w:rsidRDefault="00C0206E" w:rsidP="00C0206E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2070DFE9" w14:textId="44C4747F" w:rsidR="00C72B5D" w:rsidRPr="00C0206E" w:rsidRDefault="00C72B5D" w:rsidP="00C72B5D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00003741">
-[...19 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R., Gatto, A., Rafal, G., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2022). </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0137" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alitative </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssessment of </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iteracy and </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>elp-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eeking </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehaviors among </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ale </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tudents.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B35F3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Discover Mental Health</w:t>
+      </w:r>
+      <w:r w:rsidR="006948CB" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 2(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF69FC" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="006948CB" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF69FC" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1-14</w:t>
+      </w:r>
+      <w:r w:rsidR="006948CB" w:rsidRPr="00C0206E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...193 lines deleted...]
-    <w:p w14:paraId="738F797E" w14:textId="44196440" w:rsidR="00676E0A" w:rsidRPr="00003741" w:rsidRDefault="00676E0A" w:rsidP="005738D2">
+    </w:p>
+    <w:p w14:paraId="167199C3" w14:textId="77777777" w:rsidR="00620901" w:rsidRPr="00003741" w:rsidRDefault="00620901" w:rsidP="00620901">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="422B20AE" w14:textId="757210E5" w:rsidR="00ED27DA" w:rsidRPr="00003741" w:rsidRDefault="00ED27DA" w:rsidP="00ED27DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. (2022). Positive youth developmental assets: Implications for eating disorder prevention. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>International Journal of Child and Adolescent Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 15(2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF69FC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 121-132</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...209 lines deleted...]
-    <w:p w14:paraId="73CC1085" w14:textId="3AEC87F4" w:rsidR="00675AAC" w:rsidRPr="00003741" w:rsidRDefault="00AF69FC" w:rsidP="005738D2">
+    </w:p>
+    <w:p w14:paraId="3176015C" w14:textId="77777777" w:rsidR="00ED27DA" w:rsidRPr="00361B61" w:rsidRDefault="00ED27DA" w:rsidP="00C2641D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2FD30F" w14:textId="77777777" w:rsidR="00003741" w:rsidRPr="00003741" w:rsidRDefault="00003741" w:rsidP="00003741">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A45B2CA" w14:textId="33FEAD23" w:rsidR="00EB2697" w:rsidRPr="00003741" w:rsidRDefault="00030737" w:rsidP="00EB2697">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...51 lines deleted...]
-      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quinn, G., </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
-[...153 lines deleted...]
-      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stern, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2697" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2020). </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A review of the psychosocial, ethical, and legal considerations for discussing fertility preservation with adolescent and young adult cancer patients. </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clinical Practice in Pediatric Psychology, </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(1), 86-96. </w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">escent and Young Adult Oncology, </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00676E0A" w:rsidRPr="00003741">
+        <w:t>(IF: 0.81</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE01A7" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E05154D" w14:textId="4A878C42" w:rsidR="004B32AB" w:rsidRPr="00003741" w:rsidRDefault="004B32AB" w:rsidP="004B32AB">
-[...8 lines deleted...]
-    <w:p w14:paraId="5ACC7B3C" w14:textId="32D62898" w:rsidR="00065D54" w:rsidRPr="00003741" w:rsidRDefault="00065D54" w:rsidP="005738D2">
+    <w:p w14:paraId="4FF0EE9D" w14:textId="77777777" w:rsidR="00FE5061" w:rsidRPr="00003741" w:rsidRDefault="00FE5061" w:rsidP="00FE5061">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF337D7" w14:textId="07EF5ADD" w:rsidR="00AF69FC" w:rsidRPr="00003741" w:rsidRDefault="00BD16B9" w:rsidP="00FE5061">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Peterman</w:t>
+        <w:t>Gregory</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Quast</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Gatto</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Pereira</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t>Bleck</w:t>
+        <w:t>, Storch</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> J</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Palermo</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> T</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> K. (2017). Women’s individual asset ownership and experience of intimate partner violence: Evidence from 28 international surveys. </w:t>
+        <w:t xml:space="preserve"> R. (2018). Hormonal contraception, depression, and academic performance among females attending college in the United States. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">American Journal of Public Health, </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:t>Psychiatric Research,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 270, 111-116. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+        <w:t>(IF: 2.223</w:t>
+      </w:r>
+      <w:r w:rsidR="00241496" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>: 4.552</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559278C0" w14:textId="77777777" w:rsidR="00065D54" w:rsidRPr="00003741" w:rsidRDefault="00065D54" w:rsidP="00065D54">
+    <w:p w14:paraId="774F7A80" w14:textId="77777777" w:rsidR="00BD16B9" w:rsidRPr="00003741" w:rsidRDefault="00BD16B9" w:rsidP="00BD16B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="69D2F518" w14:textId="584E1D0E" w:rsidR="00603A3C" w:rsidRPr="00003741" w:rsidRDefault="00603A3C" w:rsidP="005738D2">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738F797E" w14:textId="44196440" w:rsidR="00676E0A" w:rsidRPr="00003741" w:rsidRDefault="00676E0A" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Stern</w:t>
+      </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> R</w:t>
+        <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Raven</w:t>
+        <w:t>, Ewing</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> J</w:t>
+        <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, &amp; Stevenson</w:t>
+        <w:t>, Davila</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> H.</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Lynn</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Hale</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Mazzeo</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S. (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOURISH-T: Targeting caregivers to improve health behaviors in pediatric cancer survivors with obesity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pediatric Blood and Cancer</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD16B9" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD16B9" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>65(5), e26941.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00477186" w:rsidRPr="00003741">
-[...14 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Journal of Dental Education</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
+        <w:t>(IF: 2.634</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD16B9" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">(IF: </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF3940C" w14:textId="77777777" w:rsidR="00603A3C" w:rsidRPr="00003741" w:rsidRDefault="00603A3C" w:rsidP="00603A3C">
-[...8 lines deleted...]
-    <w:p w14:paraId="47FEDCD4" w14:textId="637E6AEB" w:rsidR="00813F67" w:rsidRPr="00003741" w:rsidRDefault="00C26399" w:rsidP="005738D2">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="1D92E451" w14:textId="274DA62F" w:rsidR="00676E0A" w:rsidRPr="00003741" w:rsidRDefault="00676E0A" w:rsidP="00003741">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CC1085" w14:textId="3AEC87F4" w:rsidR="00675AAC" w:rsidRPr="00003741" w:rsidRDefault="00AF69FC" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Sun</w:t>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>LaRosa</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> H</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t>, Vamos</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Stern</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Lynn</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t>, Flory</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Hudson</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> S</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Donovan</w:t>
+      </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> R</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...10 lines deleted...]
-        <w:t>Bleck</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Reed</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> J</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t>, &amp; Thompson</w:t>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Quinn</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E92CD3" w:rsidRPr="00003741">
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(2017). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adolescent and young adult patients with cancer: Perceptions of care. </w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Journal of Sport and Health Science</w:t>
+        <w:t>Journal of Adol</w:t>
       </w:r>
       <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">escent and Young Adult Oncology, </w:t>
       </w:r>
       <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">6(4), 434-442. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
+        <w:t>6(4), 512-518.</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00676E0A" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 1.712)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0468E42C" w14:textId="34B577F3" w:rsidR="00C26399" w:rsidRPr="00003741" w:rsidRDefault="00813F67" w:rsidP="00813F67">
+        <w:t>(IF</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: 1.431</w:t>
+      </w:r>
+      <w:r w:rsidR="00676E0A" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E05154D" w14:textId="4A878C42" w:rsidR="004B32AB" w:rsidRPr="00003741" w:rsidRDefault="004B32AB" w:rsidP="004B32AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00003741">
-[...6 lines deleted...]
-    <w:p w14:paraId="659809F3" w14:textId="3D243202" w:rsidR="005B58B7" w:rsidRPr="00003741" w:rsidRDefault="005B58B7" w:rsidP="005738D2">
+    </w:p>
+    <w:p w14:paraId="5ACC7B3C" w14:textId="32D62898" w:rsidR="00065D54" w:rsidRPr="00003741" w:rsidRDefault="00065D54" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Peterman</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Pereira</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-        <w:rPr>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00320EE7" w:rsidRPr="00003741">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Long-term association between developmental assets and health behaviors: An exploratory study. </w:t>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Palermo</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Young</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. (2017). Women’s individual asset ownership and experience of intimate partner violence: Evidence from 28 international surveys. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Health Education &amp; Behavior</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00813F67" w:rsidRPr="00003741">
+        <w:t xml:space="preserve">American Journal of Public Health, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">107(5), 747-755. </w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 2.229)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E1B1052" w14:textId="77777777" w:rsidR="005B58B7" w:rsidRPr="00003741" w:rsidRDefault="005B58B7" w:rsidP="005B58B7">
+        <w:t>(IF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: 4.552</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559278C0" w14:textId="77777777" w:rsidR="00065D54" w:rsidRPr="00003741" w:rsidRDefault="00065D54" w:rsidP="00065D54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707A9BC5" w14:textId="52586792" w:rsidR="00B21BC9" w:rsidRPr="00003741" w:rsidRDefault="00B21BC9" w:rsidP="005738D2">
+    <w:p w14:paraId="69D2F518" w14:textId="584E1D0E" w:rsidR="00603A3C" w:rsidRPr="00003741" w:rsidRDefault="00603A3C" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk145025081"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
-      <w:r w:rsidR="004F703B" w:rsidRPr="00003741">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> grade girls participating in a girl-focused sport-based positive youth development program. </w:t>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Raven</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Stevenson</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00477186" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2017). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using intervention mapping to develop an oral health e-curriculum for secondary prevention of eating disorders. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>International Journal of Health Promotion and Education</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="005A79C0" w:rsidRPr="00003741">
+        <w:t>Journal of Dental Education</w:t>
+      </w:r>
+      <w:r w:rsidR="00477186" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 81(6), 716-725</w:t>
+      </w:r>
+      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4015D567" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(IF: </w:t>
+      </w:r>
+      <w:r w:rsidR="007913DB" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>0.63</w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF3940C" w14:textId="77777777" w:rsidR="00603A3C" w:rsidRPr="00003741" w:rsidRDefault="00603A3C" w:rsidP="00603A3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C4F89DC" w14:textId="39E7C9B5" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+    <w:p w14:paraId="47FEDCD4" w14:textId="637E6AEB" w:rsidR="00813F67" w:rsidRPr="00003741" w:rsidRDefault="00C26399" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Bleck</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sun</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> J</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>, Vamos</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Flory</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>, Levin</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> B</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>, &amp; Baldwin</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Thompson</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
-[...152 lines deleted...]
-        <w:t xml:space="preserve">esearch. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92CD3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2017). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correlates of </w:t>
+      </w:r>
+      <w:r w:rsidR="00757CE8" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>long-term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> physical activity adherence in women. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">International Journal of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B21BC9" w:rsidRPr="00003741">
+        <w:t>Journal of Sport and Health Science</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Mental Health and Addiction</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3F0D" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6(4), 434-442. </w:t>
+      </w:r>
+      <w:r w:rsidR="00065D54" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 0.992)</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="0EC53F30" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+        <w:t>(IF: 1.712)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0468E42C" w14:textId="34B577F3" w:rsidR="00C26399" w:rsidRPr="00003741" w:rsidRDefault="00813F67" w:rsidP="00813F67">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="73461D8F" w14:textId="680EF6D7" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="00290E4C" w:rsidP="005738D2">
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659809F3" w14:textId="3D243202" w:rsidR="005B58B7" w:rsidRPr="00003741" w:rsidRDefault="005B58B7" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>Peterman</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...41 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00320EE7" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00320EE7" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00320EE7" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...46 lines deleted...]
-        <w:t>Age and intimate partner violence: an analysis of global trends among women experiencing victimization in 30 developing countries</w:t>
+      <w:r w:rsidR="00477186" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Long-term association between developmental assets and health behaviors: An exploratory study. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Health Education &amp; Behavior</w:t>
+      </w:r>
+      <w:r w:rsidR="0051263E" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 43(5), 543-551</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
+      <w:r w:rsidR="00813F67" w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Journal of Adolescent Health</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="1ACA8305" w14:textId="77777777" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="00290E4C" w:rsidP="00290E4C">
+        <w:t>(IF: 2.229)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1B1052" w14:textId="77777777" w:rsidR="005B58B7" w:rsidRPr="00003741" w:rsidRDefault="005B58B7" w:rsidP="005B58B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71288A6F" w14:textId="518B084D" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+    <w:p w14:paraId="707A9BC5" w14:textId="52586792" w:rsidR="00B21BC9" w:rsidRPr="00003741" w:rsidRDefault="00B21BC9" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk145025081"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="004F703B" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>., &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="004F703B" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2016). Changes in developmental assets and physical activity frequency among 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade girls participating in a girl-focused sport-based positive youth development program. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>International Journal of Health Promotion and Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 54(2), 95-112.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A79C0" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A79C0" w:rsidRPr="00003741">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...309 lines deleted...]
-    <w:p w14:paraId="15571B6F" w14:textId="5014A106" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+        <w:t>(IF: 0.313)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="4015D567" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C4F89DC" w14:textId="39E7C9B5" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:i/>
-[...8 lines deleted...]
-        <w:t>Vamos</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> C</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Flory</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-        <w:t>Bleck</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Levin</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Baldwin</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
-      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> L. (2015). Do</w:t>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005B58B7" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Underlying </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echanisms and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rajectory of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omorbid ADHD and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isorders: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roposing an </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nnovative </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ystems </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ramework for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nforming </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esearch. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Journal of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21BC9" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mental Health and Addiction</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21BC9" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 14(4), 449-458</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 0.992)</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
-[...127 lines deleted...]
-    <w:p w14:paraId="25DAF5FB" w14:textId="29AE43EE" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+    </w:p>
+    <w:p w14:paraId="0EC53F30" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73461D8F" w14:textId="680EF6D7" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="00290E4C" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Peterman</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Palermo</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T. </w:t>
+      </w:r>
+      <w:r w:rsidR="00962894" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00962894" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Age and intimate partner violence: an analysis of global trends among women experiencing victimization in 30 developing countries</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...175 lines deleted...]
-        <w:t>ample. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Journal of Adolescent Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 57(6), 624-630. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>J</w:t>
-[...39 lines deleted...]
-    <w:p w14:paraId="48CB7E83" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+        <w:t>(IF: 3.612)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACA8305" w14:textId="77777777" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="00290E4C" w:rsidP="00290E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="42164088" w14:textId="4FE47711" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71288A6F" w14:textId="518B084D" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...129 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>International Perspectives on Sexual and Reproductive Health</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Vamos</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Sun</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Flory</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Daley</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Thompson</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Merrell</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L. (2015). Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evel </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">redictors of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hysical </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivity among </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omen in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>preconception p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eriod. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Maternal and Child Health Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 19(7), 1584-1592. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 2.015)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B53B518" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 40(2), 79-86. </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="769D064E" w14:textId="24BAA2DD" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15571B6F" w14:textId="5014A106" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Vamos</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Flory</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Sun</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Cragun</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> D</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Severson</w:t>
+        <w:t>, Thomp</w:t>
+      </w:r>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>son</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> H</w:t>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...10 lines deleted...]
-        <w:t>Bleck</w:t>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, &amp; Merrell</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...41 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L. (2015). Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hysical </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivity </w:t>
+      </w:r>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">patterns </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">across the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00003741">
-[...3 lines deleted...]
-        <w:t>Keysek</w:t>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ife</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>course</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> K. (2014). Psychosocial and </w:t>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">kill-based </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mpact </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ifferences between </w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irth </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...91 lines deleted...]
-      <w:r w:rsidRPr="00003741">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utcomes? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Maternal and Child Health Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 19(8), 1775-1782. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 2.015)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086F6F6D" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Oral Hygiene &amp; Health</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="23E31D79" w14:textId="7AEDFFF8" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25DAF5FB" w14:textId="29AE43EE" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-        <w:t>Palermo</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> T</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> J</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Olivardia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> A. (2014). Response to “Disclosure of </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R. </w:t>
+      </w:r>
+      <w:r w:rsidR="005778D3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2015). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="009A6BDE" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>comorbidity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of ADHD and </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>g</w:t>
-[...5 lines deleted...]
-        <w:t>ender-</w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>b</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ased </w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isorders in a </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>v</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">iolence in </w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ationally </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">eveloping </w:t>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ountries”. </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ample. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>American Journal of Epidemiology</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, 179(5), 619-620. </w:t>
+        <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="09611AB2" w14:textId="65909FEA" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ournal of Behavioral Health Services &amp; Research</w:t>
+      </w:r>
+      <w:r w:rsidR="005778D3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005778D3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>42(4), 437-451</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IF: 0.78)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48CB7E83" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42164088" w14:textId="4FE47711" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Palermo</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> T</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t>Bleck</w:t>
+        <w:t>, &amp; Westley</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:b/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E. (2014). Knowledge and </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se of </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>v</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">iolence in </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ountries. </w:t>
+        <w:t xml:space="preserve">ontraception: A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>multicountry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analysis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, 179(5), 602-612. </w:t>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>International Perspectives on Sexual and Reproductive Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 40(2), 79-86. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 5.59)</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="42FE6D09" w14:textId="3F939513" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
+        <w:t>(IF: 1.14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB681C3" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="769D064E" w14:textId="24BAA2DD" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Cragun</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Merrell</w:t>
+        <w:t>, Severson</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L</w:t>
+        <w:t xml:space="preserve"> H</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Severson</w:t>
+        <w:t>, Brickhouse</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> H</w:t>
+        <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Shaw</w:t>
-[...143 lines deleted...]
-        <w:t xml:space="preserve">, &amp; </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Hendricson</w:t>
+        <w:t>Keysek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> W. (2014). Randomized </w:t>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Isringhousen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. (2014). Psychosocial and </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">rial of </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kill-based </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">wo </w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ifferences between </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ygiene </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">econdary </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revention of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t xml:space="preserve">ating </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">isorders. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
-        <w:rPr>
-[...20 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3EB916A5" w14:textId="6CC4CD6E" w:rsidR="005A3CD7" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+        <w:t>Oral Hygiene &amp; Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 2(1), 123.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1993" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1993" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 4.55)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0107D0D5" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E31D79" w14:textId="7AEDFFF8" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Palermo</w:t>
+      </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> R</w:t>
+        <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Severson</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> H</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, Cragun</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Peterman</w:t>
       </w:r>
       <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> D</w:t>
-[...241 lines deleted...]
-        <w:t xml:space="preserve"> W. (2013). Evaluation of a </w:t>
+        <w:t xml:space="preserve"> A. (2014). Response to “Disclosure of </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">heory-driven </w:t>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ender-</w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">-learning </w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ased </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ntervention for </w:t>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iolence in </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>f</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">uture </w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eveloping </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>o</w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve">ehaviors. </w:t>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ountries”. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Health Education Research</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="003419C4" w:rsidRPr="00003741">
+        <w:t>American Journal of Epidemiology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 179(5), 619-620. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="43136CA5" w14:textId="104F5030" w:rsidR="005A3CD7" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+        <w:t>(IF: 5.59)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEE773C" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09611AB2" w14:textId="65909FEA" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Palermo</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
-      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
-      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, &amp; </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> R. (2013). Exploring the </w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Peterman</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A. (2014). Tip of the </w:t>
       </w:r>
       <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceberg: Reporting and </w:t>
+      </w:r>
+      <w:r w:rsidR="00757CE8" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>gender-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iolence in </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eveloping </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">o-morbidity of </w:t>
-[...155 lines deleted...]
-        <w:t xml:space="preserve">ample. </w:t>
+        <w:t xml:space="preserve">ountries. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Eating Behaviors</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, 14(3), 390-393. </w:t>
+        <w:t>American Journal of Epidemiology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 179(5), 602-612. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(IF: 1.80)</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="5126B74B" w14:textId="21019B0D" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+        <w:t>(IF: 5.59)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D49CB05" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42FE6D09" w14:textId="3F939513" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Cragun</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Merrell</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Severson</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Shaw</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Christiansen</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Koerber</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Tomar</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, McCormack Brown</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Tedesco</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hendricson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W. (2014). Randomized </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rial of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wo </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">earning </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rograms on </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">econdary </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revention of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isorders. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Journal of Dental Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 78(1), 5-15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 0.99)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B54D380" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="003419C4">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EB916A5" w14:textId="6CC4CD6E" w:rsidR="005A3CD7" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Severson</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Cragun</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Gau</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Merrell</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Christiansen</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Koerber</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00084695" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Tomar</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, McCormack Brown</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Tedesco</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hendricson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W. (2013). Evaluation of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">heory-driven </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-learning </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntervention for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uture </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ral </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealthcare </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roviders on </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">econdary </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revention of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isordered </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehaviors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Health Education Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 28(3), 472-487. </w:t>
+      </w:r>
+      <w:r w:rsidR="003419C4" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>IF: 1.66</w:t>
+      </w:r>
+      <w:r w:rsidR="003419C4" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DB3566" w14:textId="77777777" w:rsidR="003419C4" w:rsidRPr="00003741" w:rsidRDefault="003419C4" w:rsidP="00166F7C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43136CA5" w14:textId="104F5030" w:rsidR="005A3CD7" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R. (2013). Exploring the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o-morbidity of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ttention-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>eficit/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yperactivity </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isorder with </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isorders and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isordered </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehaviors in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ationally </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommunity-based </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2AE3" w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ample. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Eating Behaviors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 14(3), 390-393. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(IF: 1.80)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20804656" w14:textId="77777777" w:rsidR="005A3CD7" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="00166F7C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5126B74B" w14:textId="21019B0D" w:rsidR="00290E4C" w:rsidRPr="00003741" w:rsidRDefault="005A3CD7" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Westley</w:t>
       </w:r>
       <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> E</w:t>
       </w:r>
       <w:r w:rsidR="007809A3" w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
@@ -13442,569 +14297,246 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EAEF67E" w14:textId="77777777" w:rsidR="005D2703" w:rsidRPr="00003741" w:rsidRDefault="005D2703" w:rsidP="009E0295">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk143609825"/>
     </w:p>
     <w:p w14:paraId="5443A29D" w14:textId="1194E7FA" w:rsidR="008B4A00" w:rsidRPr="00003741" w:rsidRDefault="004B672B" w:rsidP="009E0295">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MANUSCRIPTS UNDER REVIEW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5B48FC" w14:textId="77777777" w:rsidR="00F25EBA" w:rsidRPr="00003741" w:rsidRDefault="00F25EBA" w:rsidP="00AF5F35"/>
-    <w:p w14:paraId="6C798A04" w14:textId="2EBC416B" w:rsidR="0024622E" w:rsidRPr="00003741" w:rsidRDefault="0025326D" w:rsidP="005D2703">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="0E494734" w14:textId="77777777" w:rsidR="008D74FF" w:rsidRPr="00265891" w:rsidRDefault="008D74FF" w:rsidP="00265891">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3990DCA4" w14:textId="2C568F98" w:rsidR="008D74FF" w:rsidRDefault="008D74FF" w:rsidP="00CF0EB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00003741">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">Scharf, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D74FF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J.</w:t>
       </w:r>
-      <w:r w:rsidR="009E0295" w:rsidRPr="00003741">
+      <w:r w:rsidRPr="00003741">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00003741">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D66382" w:rsidRPr="00003741">
+      <w:r>
+        <w:t xml:space="preserve">Matthews, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Bohn, J. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D74FF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Influential Factors of Health and Wellness Coaching for Health Care Professionals: An Exploratory Study </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4978" w:rsidRPr="008D74FF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D74FF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Perspective of Nurses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009E0295" w:rsidRPr="00003741">
-[...17 lines deleted...]
-    <w:p w14:paraId="36BB9AA1" w14:textId="77777777" w:rsidR="00D92B37" w:rsidRPr="00003741" w:rsidRDefault="00D92B37" w:rsidP="00D92B37">
+    </w:p>
+    <w:p w14:paraId="4635B025" w14:textId="77777777" w:rsidR="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="27F04D47" w14:textId="1718D551" w:rsidR="007C6CF1" w:rsidRDefault="0024622E" w:rsidP="008923A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6443ED4D" w14:textId="43EDE9A2" w:rsidR="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C5B8F">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C5B8F">
-[...22 lines deleted...]
-    <w:p w14:paraId="0F1BE22F" w14:textId="77777777" w:rsidR="002A476D" w:rsidRDefault="002A476D" w:rsidP="002A476D">
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Templeton, J., Jariwala, J.H., &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00003741">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D74FF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck, J</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>MyFoodRx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Formative Research for the Development of an AI-based Personalized Food-as-Medicine Smartphone Application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431A65B7" w14:textId="77777777" w:rsidR="00FE4978" w:rsidRPr="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4CEBDA20" w14:textId="517C1AB2" w:rsidR="002A476D" w:rsidRPr="002A476D" w:rsidRDefault="002A476D" w:rsidP="002A476D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD3596D" w14:textId="246410A2" w:rsidR="00FE4978" w:rsidRPr="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bleck, J.</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, R</w:t>
-[...389 lines deleted...]
-        <w:t>&amp; Walters, E. Evaluation of an interactive online mental health literacy program among university students, faculty, and staff.</w:t>
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Food-as-Medicine in Practice: A Pilot Evaluation of a Clinic-based Produce Prescription Program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E084DB" w14:textId="11557418" w:rsidR="00361B61" w:rsidRPr="00003741" w:rsidRDefault="00361B61" w:rsidP="0016088A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4825F365" w14:textId="77777777" w:rsidR="00361B61" w:rsidRPr="00003741" w:rsidRDefault="00361B61" w:rsidP="00361B61"/>
     <w:p w14:paraId="21300EB2" w14:textId="112112AA" w:rsidR="00361B61" w:rsidRPr="00003741" w:rsidRDefault="00361B61" w:rsidP="00361B61">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PUBLISHED ABSTRACTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E62F5B6" w14:textId="77777777" w:rsidR="00361B61" w:rsidRPr="00003741" w:rsidRDefault="00361B61" w:rsidP="00361B61">
       <w:pPr>
@@ -14706,67 +15238,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">*Garcia, J., Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; Debate, R. (2019). Assessing the outcomes of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> health first aid training for university faculty &amp; staff. </w:t>
+        <w:t xml:space="preserve"> &amp; Debate, R. (2019). Assessing the outcomes of a mental health first aid training for university faculty &amp; staff. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nnals of Behavioral Medicine</w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53, 619. </w:t>
       </w:r>
       <w:r w:rsidRPr="00003741">
@@ -14953,239 +15469,282 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="570F83B3" w14:textId="77777777" w:rsidR="00A77D4F" w:rsidRPr="00976CAE" w:rsidRDefault="00A77D4F" w:rsidP="0016088A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="133F8F79" w14:textId="2F5062CB" w:rsidR="00280E4E" w:rsidRPr="00976CAE" w:rsidRDefault="00280E4E" w:rsidP="00280E4E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk143609844"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>WHITE PAPERS AND RESEARCH BRIEFS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B19E8F1" w14:textId="77777777" w:rsidR="00280E4E" w:rsidRPr="00976CAE" w:rsidRDefault="00280E4E" w:rsidP="00280E4E"/>
-    <w:p w14:paraId="7533F4DF" w14:textId="482021B0" w:rsidR="00700A7B" w:rsidRPr="00700A7B" w:rsidRDefault="009C5B8F" w:rsidP="00C8725B">
+    <w:p w14:paraId="52CCFA7B" w14:textId="29DDABBA" w:rsidR="00FE4978" w:rsidRPr="00700A7B" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00700A7B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>National Board of Health and Wellness Coaching. (2024).</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00700A7B" w:rsidRPr="00700A7B">
+        <w:t>National Board of Health and Wellness Coaching. (202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700A7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Results from the National Board for Health &amp; Wellness Coaching’s 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700A7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Survey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792047CB" w14:textId="77777777" w:rsidR="00FE4978" w:rsidRPr="00FE4978" w:rsidRDefault="00FE4978" w:rsidP="00FE4978">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>https://lp.constantcontactpages.com/sl/vbQPhoY</w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="656CAFB5" w14:textId="2F66B42E" w:rsidR="00280E4E" w:rsidRPr="00280E4E" w:rsidRDefault="00280E4E" w:rsidP="00280E4E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7533F4DF" w14:textId="1CB2241E" w:rsidR="00700A7B" w:rsidRPr="00700A7B" w:rsidRDefault="009C5B8F" w:rsidP="00C8725B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E0295">
-[...98 lines deleted...]
-    <w:p w14:paraId="694393DE" w14:textId="77777777" w:rsidR="00280E4E" w:rsidRPr="00280E4E" w:rsidRDefault="00280E4E" w:rsidP="00280E4E">
+      <w:r w:rsidRPr="00700A7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>National Board of Health and Wellness Coaching. (2024).</w:t>
+      </w:r>
+      <w:r w:rsidR="00700A7B" w:rsidRPr="00700A7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Results from the National Board for Health &amp; Wellness Coaching’s 2024 Annual Survey. Report available at</w:t>
+      </w:r>
+      <w:r w:rsidR="00700A7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00700A7B" w:rsidRPr="00FE4978">
+        <w:t>https://lp.constantcontactpages.com/sl/vbQPhoY.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C064194" w14:textId="77777777" w:rsidR="009C5B8F" w:rsidRPr="009C5B8F" w:rsidRDefault="009C5B8F" w:rsidP="009C5B8F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="20EDC0E0" w14:textId="13B94338" w:rsidR="0016088A" w:rsidRPr="00700A7B" w:rsidRDefault="0016088A" w:rsidP="00280E4E">
+    <w:p w14:paraId="656CAFB5" w14:textId="2F66B42E" w:rsidR="00280E4E" w:rsidRPr="00280E4E" w:rsidRDefault="00280E4E" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Smith, K., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bleck, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Mansouri, J., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Early, C. (2022)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5B8F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2E9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate of </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2E9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2E9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0295">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>oaching (Report No. Pillar 01). With Pillar Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> White paper available at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280E4E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>https://withpillar.com/state-of-coaching</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694393DE" w14:textId="77777777" w:rsidR="00280E4E" w:rsidRPr="00280E4E" w:rsidRDefault="00280E4E" w:rsidP="00280E4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="20EDC0E0" w14:textId="13B94338" w:rsidR="0016088A" w:rsidRPr="00700A7B" w:rsidRDefault="0016088A" w:rsidP="00280E4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00700A7B">
         <w:t>Palermo</w:t>
       </w:r>
       <w:r w:rsidR="00167A68" w:rsidRPr="00700A7B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="00167A68" w:rsidRPr="00700A7B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68" w:rsidRPr="00700A7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -15206,59 +15765,51 @@
       <w:r w:rsidRPr="00700A7B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t>Peterman</w:t>
       </w:r>
       <w:r w:rsidR="00167A68" w:rsidRPr="00700A7B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
-        <w:t xml:space="preserve"> A. (2015). Tip </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> A. (2015). Tip of the </w:t>
       </w:r>
       <w:r w:rsidR="00D2346F" w:rsidRPr="00700A7B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve">ceberg: Reporting and </w:t>
       </w:r>
       <w:r w:rsidR="00FF0ACE" w:rsidRPr="00700A7B">
         <w:t>gender-based</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00512E1D" w:rsidRPr="00700A7B">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve">iolence in </w:t>
       </w:r>
       <w:r w:rsidR="00512E1D" w:rsidRPr="00700A7B">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00700A7B">
         <w:t xml:space="preserve">eveloping </w:t>
       </w:r>
@@ -15535,1024 +16086,1119 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF1E568" w14:textId="77777777" w:rsidR="009E0295" w:rsidRPr="00976CAE" w:rsidRDefault="009E0295" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AFE78E4" w14:textId="2789335B" w:rsidR="00342FE8" w:rsidRPr="00976CAE" w:rsidRDefault="00342FE8" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk143609888"/>
       <w:r w:rsidRPr="00AE6697">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>TECHNICAL AND EVALUATION REPORTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D85DAEA" w14:textId="77777777" w:rsidR="009E0295" w:rsidRPr="009E0295" w:rsidRDefault="009E0295" w:rsidP="00280E4E"/>
-    <w:p w14:paraId="5804E381" w14:textId="77777777" w:rsidR="003B3F62" w:rsidRDefault="003B3F62" w:rsidP="003B3F62">
+    <w:p w14:paraId="4A3FF326" w14:textId="185C1916" w:rsidR="00262239" w:rsidRDefault="00262239" w:rsidP="00262239">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>202</w:t>
       </w:r>
       <w:r>
-        <w:t>3)</w:t>
+        <w:t>5)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Benchmarking Technical Report</w:t>
+      <w:r>
+        <w:t>Veterans Talking to Veterans Coach Assessment Report</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> University of South Florida.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D3EFF9F" w14:textId="77777777" w:rsidR="003B3F62" w:rsidRPr="003B3F62" w:rsidRDefault="003B3F62" w:rsidP="003B3F62">
+        <w:t xml:space="preserve"> Mentor Agility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2F8BFC" w14:textId="77777777" w:rsidR="00262239" w:rsidRDefault="00262239" w:rsidP="00262239">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4233F5BC" w14:textId="73EA43FC" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
+    <w:p w14:paraId="0C775AF7" w14:textId="7BFDFBD6" w:rsidR="00265891" w:rsidRDefault="00265891" w:rsidP="00265891">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
-        <w:t>2022</w:t>
-[...2 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
-        <w:t>. Campus Recreation and Wellness. NASPA Consortium: Benchmarking Survey Technical Report. University of South Florida.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5120F819" w14:textId="77777777" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00262239">
+        <w:t>Veterans Talking to Veterans Program Feedback Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00262239">
+        <w:t>Mentor Agility</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1C74EA" w14:textId="77777777" w:rsidR="00265891" w:rsidRPr="00265891" w:rsidRDefault="00265891" w:rsidP="00265891">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B2E1E0" w14:textId="41D2216B" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
+    <w:p w14:paraId="5804E381" w14:textId="59E97438" w:rsidR="003B3F62" w:rsidRDefault="003B3F62" w:rsidP="003B3F62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
-        <w:t>2022</w:t>
-[...2 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Academic Level </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RecWell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Benchmarking Technical Report</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
-        <w:t>Technical Report. University of South Florida.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0718C65B" w14:textId="77777777" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> University of South Florida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3EFF9F" w14:textId="77777777" w:rsidR="003B3F62" w:rsidRPr="003B3F62" w:rsidRDefault="003B3F62" w:rsidP="003B3F62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="605C2582" w14:textId="4DF9F126" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4233F5BC" w14:textId="73EA43FC" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
-        <w:t xml:space="preserve">. </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="4A17DCEB" w14:textId="0E636446" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+        <w:t>. Campus Recreation and Wellness. NASPA Consortium: Benchmarking Survey Technical Report. University of South Florida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5120F819" w14:textId="77777777" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B2E1E0" w14:textId="41D2216B" w:rsidR="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment First Generation Student </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment </w:t>
+      </w:r>
+      <w:r w:rsidR="003546B3">
+        <w:t xml:space="preserve">Academic Level </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160A7878" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
-    <w:p w14:paraId="10830468" w14:textId="6A9859AC" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+    <w:p w14:paraId="0718C65B" w14:textId="77777777" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605C2582" w14:textId="4DF9F126" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Greek Life </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Disability Status </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B5019C" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
-    <w:p w14:paraId="0D4CC5E1" w14:textId="679E8870" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+    <w:p w14:paraId="08A52D2E" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="4A17DCEB" w14:textId="0E636446" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Housing Status </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment First Generation Student </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E50E7F" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
-    <w:p w14:paraId="554FEFC6" w14:textId="674A59A2" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+    <w:p w14:paraId="160A7878" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="10830468" w14:textId="6A9859AC" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment International Student </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Greek Life </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5D8BA5" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
-    <w:p w14:paraId="30B966CA" w14:textId="1C6B2787" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+    <w:p w14:paraId="71B5019C" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="0D4CC5E1" w14:textId="679E8870" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment LGBTQ+ Student </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Housing Status </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D832B2" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
-    <w:p w14:paraId="53A929C6" w14:textId="1F34F724" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3">
+    <w:p w14:paraId="47E50E7F" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="554FEFC6" w14:textId="674A59A2" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16543">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Veteran Student </w:t>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment International Student </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16543">
         <w:t>Technical Report. University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F0E952" w14:textId="77777777" w:rsidR="00D16543" w:rsidRPr="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543"/>
-    <w:p w14:paraId="3495A4E3" w14:textId="25F4EE0A" w:rsidR="00AB617E" w:rsidRDefault="00AB617E" w:rsidP="00280E4E">
+    <w:p w14:paraId="2A5D8BA5" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="30B966CA" w14:textId="1C6B2787" w:rsidR="003546B3" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="00D16543">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck, J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6697">
-[...26 lines deleted...]
-    <w:p w14:paraId="405CCB34" w14:textId="3A0CED4F" w:rsidR="00110630" w:rsidRPr="00976CAE" w:rsidRDefault="00110630" w:rsidP="00110630">
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment LGBTQ+ Student </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t>Technical Report. University of South Florida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D832B2" w14:textId="77777777" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3"/>
+    <w:p w14:paraId="53A929C6" w14:textId="1F34F724" w:rsidR="003546B3" w:rsidRPr="00D16543" w:rsidRDefault="003546B3" w:rsidP="003546B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="00D16543">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck, J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t>(2020). Success and Wellness Coaching</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="14D19C73" w14:textId="3066571D" w:rsidR="00580D72" w:rsidRPr="00976CAE" w:rsidRDefault="00580D72" w:rsidP="00280E4E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">American College Health Association’s National College Health Spring 2022 Assessment Veteran Student </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16543">
+        <w:t>Technical Report. University of South Florida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F0E952" w14:textId="77777777" w:rsidR="00D16543" w:rsidRPr="00D16543" w:rsidRDefault="00D16543" w:rsidP="00D16543"/>
+    <w:p w14:paraId="3495A4E3" w14:textId="25F4EE0A" w:rsidR="00AB617E" w:rsidRDefault="00AB617E" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
-      <w:r w:rsidR="00167A68">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00085274">
-[...6 lines deleted...]
-    <w:p w14:paraId="486BAC43" w14:textId="77777777" w:rsidR="00580D72" w:rsidRPr="00976CAE" w:rsidRDefault="00580D72" w:rsidP="00580D72">
+      <w:r w:rsidR="00AE6697">
+        <w:t xml:space="preserve">(2021). </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Success and Wellness Coaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00110630">
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Evaluation Report for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EC4E00" w14:textId="77777777" w:rsidR="00110630" w:rsidRDefault="00110630" w:rsidP="00110630">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="16161618" w14:textId="51365FC0" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="00280E4E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405CCB34" w14:textId="3A0CED4F" w:rsidR="00110630" w:rsidRPr="00976CAE" w:rsidRDefault="00110630" w:rsidP="00110630">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Rosini</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> K</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(2020). Success and Wellness Coaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2018-2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Evaluation Report for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>University of South Florida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...53 lines deleted...]
-    <w:p w14:paraId="685A4C4A" w14:textId="77777777" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="002C6F64">
+    </w:p>
+    <w:p w14:paraId="10658359" w14:textId="77777777" w:rsidR="00AB617E" w:rsidRPr="00AB617E" w:rsidRDefault="00AB617E" w:rsidP="00AB617E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B2DAE36" w14:textId="3D778078" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="00280E4E">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="14D19C73" w14:textId="3066571D" w:rsidR="00580D72" w:rsidRPr="00976CAE" w:rsidRDefault="00580D72" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Marsh</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> L</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
-      <w:r w:rsidR="00167A68">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> R. </w:t>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00085274">
-        <w:t xml:space="preserve">(2013). </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="52814D12" w14:textId="77777777" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="002C6F64">
+        <w:t xml:space="preserve">(2015). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Girls on the Run: Spring 2015 Evaluation Report for Big Bend Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486BAC43" w14:textId="77777777" w:rsidR="00580D72" w:rsidRPr="00976CAE" w:rsidRDefault="00580D72" w:rsidP="00580D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1ADCF179" w14:textId="56758BAD" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00280E4E">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16161618" w14:textId="51365FC0" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Rosini</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> K</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">&amp; </w:t>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> R. </w:t>
       </w:r>
       <w:r w:rsidR="00085274">
-        <w:t xml:space="preserve">(2012). </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="114BC059" w14:textId="77777777" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00B408E4">
+        <w:t xml:space="preserve">(2013). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Girls on the Run: Spring 2013 Evaluation Report for Northern Florida Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685A4C4A" w14:textId="77777777" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="002C6F64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49C86641" w14:textId="1DBE021E" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00280E4E">
+    <w:p w14:paraId="6B2DAE36" w14:textId="3D778078" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Harsch</w:t>
+        <w:t>Marsh</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> K</w:t>
+        <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> R. </w:t>
       </w:r>
       <w:r w:rsidR="00085274">
-        <w:t xml:space="preserve">(2012). </w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="59149065" w14:textId="762EB015" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="00342FE8" w:rsidP="00280E4E">
+        <w:t xml:space="preserve">(2013). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Girls on the Run Southern Tampa Bay Council: Spring 2013 Evaluation Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52814D12" w14:textId="77777777" w:rsidR="002C6F64" w:rsidRPr="00976CAE" w:rsidRDefault="002C6F64" w:rsidP="002C6F64">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ADCF179" w14:textId="56758BAD" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Ferguson</w:t>
+        <w:t>Rosini</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> D</w:t>
+        <w:t xml:space="preserve"> K</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>, Maung</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> N</w:t>
-[...91 lines deleted...]
-    <w:p w14:paraId="5EF4149E" w14:textId="3C8D2C4B" w:rsidR="00AF5F35" w:rsidRDefault="007E6313" w:rsidP="00A77D4F">
+        <w:t xml:space="preserve"> R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00085274">
+        <w:t xml:space="preserve">(2012). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Girls on the Run: Fall 2012 Evaluation Report for Northern Florida Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114BC059" w14:textId="77777777" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00B408E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C86641" w14:textId="1DBE021E" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00280E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
+        <w:t>Harsch</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00085274">
+        <w:t xml:space="preserve">(2012). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Girls on the Run Southern Tampa Bay Council: Fall 2012 Evaluation Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221ECC6F" w14:textId="77777777" w:rsidR="00B408E4" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="00B408E4"/>
+    <w:p w14:paraId="59149065" w14:textId="762EB015" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="00342FE8" w:rsidP="00280E4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Ferguson</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, Maung</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, Piazzola</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, Gafney</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, Corrales de Eilers</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004341FF" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Yusuf</w:t>
+      </w:r>
+      <w:r w:rsidR="00167A68">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> S. (2010-2012) Annual Report SUNY AGEP Best Practices for Institutionalization. Stony Brook University Center for Inclusive Education</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3BC9" w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE7082B" w14:textId="77777777" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="005B23B3" w:rsidP="00E5118D">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF4149E" w14:textId="3C8D2C4B" w:rsidR="00AF5F35" w:rsidRDefault="007E6313" w:rsidP="00A77D4F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
         <w:t>Hwang</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>, Stein</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>, Driscoll</w:t>
@@ -16712,127 +17358,141 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A77D4F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PRE-CONFERENCE WORKSHOPS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA48E72" w14:textId="77777777" w:rsidR="002173E2" w:rsidRPr="00A77D4F" w:rsidRDefault="002173E2" w:rsidP="002173E2"/>
     <w:p w14:paraId="6CF97524" w14:textId="1FE35B42" w:rsidR="002173E2" w:rsidRPr="00A77D4F" w:rsidRDefault="002173E2" w:rsidP="002173E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk145029542"/>
       <w:r w:rsidRPr="00A77D4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bleck, J</w:t>
       </w:r>
       <w:r w:rsidR="00132E39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A77D4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77D4F">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A77D4F">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A77D4F">
         <w:t xml:space="preserve">, R. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77D4F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Developing a strategic framework </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> evaluating your health and wellness coaching programs</w:t>
+        <w:t>Developing a strategic framework of evaluating your health and wellness coaching programs</w:t>
       </w:r>
       <w:r w:rsidRPr="00A77D4F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77D4F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>American College Health Association Annual Conference. Boston, MA, May 2023.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p w14:paraId="03E783B1" w14:textId="77777777" w:rsidR="00A300EE" w:rsidRPr="00C64C99" w:rsidRDefault="00A300EE" w:rsidP="00A300EE"/>
     <w:p w14:paraId="02A62226" w14:textId="77777777" w:rsidR="002173E2" w:rsidRDefault="002173E2" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="683AC323" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00342FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="588F4787" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00342FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD7D2F6" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00342FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02483CE6" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00342FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0337B873" w14:textId="307B3B7E" w:rsidR="00342FE8" w:rsidRPr="00976CAE" w:rsidRDefault="00342FE8" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36E2C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ORAL PRESENTATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8DDD6A" w14:textId="7CE84BD5" w:rsidR="00477186" w:rsidRPr="00AB4024" w:rsidRDefault="00477186" w:rsidP="00AB4024"/>
     <w:p w14:paraId="0A975BD3" w14:textId="69306961" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="00C64C99" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Smith, K</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C99">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bleck, J</w:t>
       </w:r>
@@ -18589,51 +19249,50 @@
         <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="00477186" w:rsidRPr="00AB4024">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279BEC7B" w14:textId="77777777" w:rsidR="00512E1D" w:rsidRPr="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="00512E1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A0175DE" w14:textId="2F770249" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006521C5">
-        <w:lastRenderedPageBreak/>
         <w:t>Stern</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
@@ -18750,50 +19409,51 @@
         <w:t xml:space="preserve">ediatric </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:t xml:space="preserve">ancer </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:t>urvivors. VIII International conference of Health Psychology, Havana, Cuba, November 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461BB839" w14:textId="77777777" w:rsidR="006315C7" w:rsidRPr="006521C5" w:rsidRDefault="006315C7" w:rsidP="006315C7"/>
     <w:p w14:paraId="2F068F0F" w14:textId="07BE897E" w:rsidR="006315C7" w:rsidRPr="006315C7" w:rsidRDefault="006315C7" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
+        <w:lastRenderedPageBreak/>
         <w:t>Peterman</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>, Pereira</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
@@ -19133,65 +19793,51 @@
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:b/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Adaptando</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dieta y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Para Todos (ADAPT): Targeting diet and physical activity of Latinos living in rural communities in Florida. </w:t>
+        <w:t xml:space="preserve"> Dieta y Accion Para Todos (ADAPT): Targeting diet and physical activity of Latinos living in rural communities in Florida. </w:t>
       </w:r>
       <w:r w:rsidRPr="006521C5">
         <w:t>In I. B. Thurston (chair).</w:t>
       </w:r>
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="343434"/>
         </w:rPr>
         <w:t xml:space="preserve"> Culturally Responsive Assessments and Interventions to Address Pediatric Obesity: A Collaborative Symposium of the Diversity and Obesity SIGs. </w:t>
       </w:r>
       <w:r w:rsidR="00A77D4F">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="343434"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="006315C7">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="343434"/>
         </w:rPr>
         <w:t>ociety of Pediatric Psychology, Portland, OR</w:t>
       </w:r>
@@ -19979,59 +20625,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> Peterman</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> A. Tip</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00526302">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">ceberg: Reporting </w:t>
       </w:r>
       <w:r w:rsidR="00516AFB">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00516AFB" w:rsidRPr="00976CAE">
         <w:t>ender-based</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> violence in developing countries</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">. Sexual Violence Research Initiative Forum, Bangkok, Thailand, October 2013. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="718CB1BE" w14:textId="77777777" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="005B23B3" w:rsidP="005B23B3"/>
     <w:p w14:paraId="2DE59987" w14:textId="3BD4E018" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="00D115B9" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -20109,51 +20747,50 @@
         <w:t>violence in conflict and post-conflict settings</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">: What </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
         <w:t>do we know</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
         <w:t>? Globalizes Sexual Violence: From Epidemiology to A</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>ction: Columbia University Epidemiology Scientific Symposium, New York, NY, January 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CBD99C" w14:textId="77777777" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="005B23B3" w:rsidP="005B23B3"/>
     <w:p w14:paraId="6239699B" w14:textId="33C718E1" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="00AF4ECB" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:lastRenderedPageBreak/>
         <w:t>Palermo</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
@@ -20167,59 +20804,51 @@
       <w:r w:rsidR="00167A68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00241AFB" w:rsidRPr="00976CAE">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="004341FF" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Peterman</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> A. Tip</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">ceberg: Reporting </w:t>
       </w:r>
       <w:r w:rsidR="00516AFB" w:rsidRPr="00976CAE">
         <w:t>gender-based</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> violence in developing countries</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BF3BC9" w:rsidRPr="00976CAE">
         <w:t>142</w:t>
       </w:r>
       <w:r w:rsidR="00BF3BC9" w:rsidRPr="00976CAE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
@@ -20232,50 +20861,51 @@
       <w:r w:rsidR="004341FF" w:rsidRPr="00976CAE">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D115B9" w:rsidRPr="00976CAE">
         <w:t>an Francisco, CA, October 2012</w:t>
       </w:r>
       <w:r w:rsidR="004341FF" w:rsidRPr="00976CAE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B982067" w14:textId="77777777" w:rsidR="00BF3BC9" w:rsidRPr="00976CAE" w:rsidRDefault="00BF3BC9" w:rsidP="00BF3BC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66025946" w14:textId="26B49D6D" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="004341FF" w:rsidP="00BA4CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
+        <w:lastRenderedPageBreak/>
         <w:t>Palermo</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>, Westley</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> E</w:t>
       </w:r>
       <w:r w:rsidR="00167A68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
@@ -20672,6934 +21302,7100 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5661E624" w14:textId="3762E07E" w:rsidR="000F72A0" w:rsidRDefault="00342FE8" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>POSTER PRESENTATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674B0C1A" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="00115B6D" w:rsidRDefault="007511D3" w:rsidP="00342FE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623EF32B" w14:textId="2FF86591" w:rsidR="00AF5F35" w:rsidRPr="00C64C99" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
+    <w:p w14:paraId="36690E75" w14:textId="5048312C" w:rsidR="009425CA" w:rsidRPr="009425CA" w:rsidRDefault="00AE452C" w:rsidP="009425CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, R. University-based Health and Wellness Coaching: Comparing the Efficacy of Staff and Peer Coaches. </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3B582509" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
+        <w:t>, R.</w:t>
+      </w:r>
+      <w:r w:rsidR="009425CA">
+        <w:t xml:space="preserve">, &amp; Hoyer, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="009425CA" w:rsidRPr="009425CA">
+        <w:t>Food-as-Medicine in Action: Preliminary results from a pilot clinic-based produce prescription program</w:t>
+      </w:r>
+      <w:r w:rsidR="009425CA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009425CA" w:rsidRPr="009425CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College of Lifestyle Medicine Annual Conference. Austin, TX, November 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0778C097" w14:textId="77777777" w:rsidR="009425CA" w:rsidRPr="009425CA" w:rsidRDefault="009425CA" w:rsidP="009425CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00CC4CB1" w14:textId="2403A831" w:rsidR="002173E2" w:rsidRPr="00C64C99" w:rsidRDefault="002173E2" w:rsidP="002173E2">
+    <w:p w14:paraId="7447687F" w14:textId="16A7DB04" w:rsidR="009425CA" w:rsidRPr="009425CA" w:rsidRDefault="009425CA" w:rsidP="009425CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, R., </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Scharf, S., &amp; </w:t>
+        <w:t>Templeton, J., &amp; Jariwala, J.H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009425CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>DeBate</w:t>
+      <w:r w:rsidRPr="009425CA">
+        <w:t>MyFoodRx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="5772691D" w14:textId="03EAD306" w:rsidR="00760E54" w:rsidRPr="00C64C99" w:rsidRDefault="00760E54" w:rsidP="00760E54">
+      <w:r w:rsidRPr="009425CA">
+        <w:t>: Personalizing Food-as-Medicine through generative AI and Digital Health Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009425CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College of Lifestyle Medicine Annual Conference. Austin, TX, November 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74296CFF" w14:textId="77777777" w:rsidR="009425CA" w:rsidRDefault="009425CA" w:rsidP="009425CA"/>
+    <w:p w14:paraId="62763ACF" w14:textId="093A0801" w:rsidR="009425CA" w:rsidRPr="00C64C99" w:rsidRDefault="009425CA" w:rsidP="009425CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, R. A qualitative assessment of mental health literacy and help-seeking behaviors among male college students. </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="7636A300" w14:textId="77777777" w:rsidR="00760E54" w:rsidRPr="00760E54" w:rsidRDefault="00760E54" w:rsidP="00760E54">
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009425CA">
+        <w:t>Lifestyle Medicine Program Process and Outcome Monitoring Made Easy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009425CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College of Lifestyle Medicine Annual Conference. Austin, TX, November 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0216FF1F" w14:textId="77777777" w:rsidR="00AE452C" w:rsidRPr="00AE452C" w:rsidRDefault="00AE452C" w:rsidP="00AE452C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C54179F" w14:textId="51FEBE2F" w:rsidR="00885840" w:rsidRPr="00C64C99" w:rsidRDefault="002173E2" w:rsidP="00885840">
+    <w:p w14:paraId="7140A305" w14:textId="0975AA68" w:rsidR="002D3787" w:rsidRPr="00C64C99" w:rsidRDefault="002D3787" w:rsidP="002D3787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, R., </w:t>
-[...49 lines deleted...]
-    <w:p w14:paraId="246AF606" w14:textId="77777777" w:rsidR="00885840" w:rsidRDefault="00885840" w:rsidP="00885840">
+        <w:t xml:space="preserve">, R. University-based Health and Wellness Coaching: Comparing the Efficacy of Staff and Peer Coaches. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American College of Lifestyle Medicine Annual Conference. Orlando, FL, </w:t>
+      </w:r>
+      <w:r w:rsidR="00262239">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621D2126" w14:textId="77777777" w:rsidR="002D3787" w:rsidRPr="002D3787" w:rsidRDefault="002D3787" w:rsidP="002D3787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE54201" w14:textId="211B03BC" w:rsidR="00AB78A1" w:rsidRPr="000F0FE2" w:rsidRDefault="00AB78A1" w:rsidP="00AB78A1">
+    <w:p w14:paraId="623EF32B" w14:textId="61E3255C" w:rsidR="00AF5F35" w:rsidRPr="00C64C99" w:rsidRDefault="00AF5F35" w:rsidP="002D3787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="002D3787">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00992FE0">
-        <w:lastRenderedPageBreak/>
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>,</w:t>
-[...94 lines deleted...]
-    <w:p w14:paraId="75A6A383" w14:textId="77777777" w:rsidR="00AB78A1" w:rsidRPr="00AB78A1" w:rsidRDefault="00AB78A1" w:rsidP="00AB78A1">
+        <w:t xml:space="preserve">, R. University-based Health and Wellness Coaching: Comparing the Efficacy of Staff and Peer Coaches. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3787">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College Health Association Annual Conference. Atlanta, GA, May 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B582509" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04711093" w14:textId="15D69539" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="009E0295" w:rsidP="00C64C99">
+    <w:p w14:paraId="00CC4CB1" w14:textId="2403A831" w:rsidR="002173E2" w:rsidRPr="00C64C99" w:rsidRDefault="002173E2" w:rsidP="002173E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Scharf, S., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, R. Comparing </w:t>
-[...45 lines deleted...]
-    <w:p w14:paraId="57E787FA" w14:textId="77777777" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="00C64C99" w:rsidP="00C64C99">
+        <w:t xml:space="preserve">, R. A comparison of remote and in-person modalities at a university-based wellness coaching program. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College Health Association Annual Conference. Boston, MA, May 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73446663" w14:textId="77777777" w:rsidR="002173E2" w:rsidRPr="002173E2" w:rsidRDefault="002173E2" w:rsidP="002173E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D0EEF8" w14:textId="277D93C7" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="00C64C99" w:rsidP="00C64C99">
+    <w:p w14:paraId="5772691D" w14:textId="03EAD306" w:rsidR="00760E54" w:rsidRPr="00C64C99" w:rsidRDefault="00760E54" w:rsidP="00760E54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C64C99">
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C64C99">
-[...112 lines deleted...]
-    <w:p w14:paraId="0B6FCC22" w14:textId="77777777" w:rsidR="009E0295" w:rsidRDefault="009E0295" w:rsidP="00C64C99">
+      <w:r>
+        <w:t xml:space="preserve">, R. A qualitative assessment of mental health literacy and help-seeking behaviors among male college students. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College Health Association Annual Conference. Boston, MA, May 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7636A300" w14:textId="77777777" w:rsidR="00760E54" w:rsidRPr="00760E54" w:rsidRDefault="00760E54" w:rsidP="00760E54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B6E30FD" w14:textId="4164F353" w:rsidR="00D9230F" w:rsidRDefault="00EF5CEE" w:rsidP="00D9230F">
+    <w:p w14:paraId="5C54179F" w14:textId="51FEBE2F" w:rsidR="00885840" w:rsidRPr="00C64C99" w:rsidRDefault="002173E2" w:rsidP="00885840">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidR="00D9230F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, R., </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
-      <w:r w:rsidR="00D9230F">
-[...21 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>Thompson</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Kline</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D9230F">
-[...42 lines deleted...]
-    <w:p w14:paraId="33FC9269" w14:textId="77777777" w:rsidR="00D9230F" w:rsidRPr="00D9230F" w:rsidRDefault="00D9230F" w:rsidP="00D9230F">
+      <w:r>
+        <w:t>Examining mental health among multiple minoritized college students: The needs for intersectional approaches</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77D4F">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>merican College Health Association Annual Conference. Boston, MA, May 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246AF606" w14:textId="77777777" w:rsidR="00885840" w:rsidRDefault="00885840" w:rsidP="00885840">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F64A801" w14:textId="1D1E9E28" w:rsidR="00F7114F" w:rsidRPr="00F7114F" w:rsidRDefault="00F7114F" w:rsidP="00F7114F">
+    <w:p w14:paraId="0CE54201" w14:textId="211B03BC" w:rsidR="00AB78A1" w:rsidRPr="000F0FE2" w:rsidRDefault="00AB78A1" w:rsidP="00AB78A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Thompson, E., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Kline,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Examining mental health among multiply minoritized college students: The need for intersectional approaches. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American Academy of Health Behavior Annual Meeting</w:t>
+      </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Bleck, J.,</w:t>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>San Francisco</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...182 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>January 2021</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="680ACA73" w14:textId="304C54A2" w:rsidR="00F7114F" w:rsidRPr="000F0FE2" w:rsidRDefault="00F7114F" w:rsidP="00F7114F">
+        <w:t>CA, March 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A6A383" w14:textId="77777777" w:rsidR="00AB78A1" w:rsidRPr="00AB78A1" w:rsidRDefault="00AB78A1" w:rsidP="00AB78A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04711093" w14:textId="15D69539" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="009E0295" w:rsidP="00C64C99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115B6D">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">&amp; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Scharf, S., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00115B6D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00115B6D">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">An </w:t>
+      <w:r>
+        <w:t xml:space="preserve">, R. Comparing </w:t>
       </w:r>
       <w:r w:rsidR="00885840">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">emote and </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
         <w:t>i</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:t>n-</w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">erson </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
         <w:t>m</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...202 lines deleted...]
-    <w:p w14:paraId="425CE63C" w14:textId="77777777" w:rsidR="000F0FE2" w:rsidRPr="000F0FE2" w:rsidRDefault="000F0FE2" w:rsidP="000F0FE2">
+        <w:t xml:space="preserve">odalities. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C99">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College of Lifestyle Medicine Annual Conference. Orlando, FL, November 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E787FA" w14:textId="77777777" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="00C64C99" w:rsidP="00C64C99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="351C7F30" w14:textId="58D78168" w:rsidR="000F0FE2" w:rsidRPr="000F0FE2" w:rsidRDefault="00EF5CEE" w:rsidP="000F0FE2">
+    <w:p w14:paraId="38D0EEF8" w14:textId="277D93C7" w:rsidR="00C64C99" w:rsidRPr="00C64C99" w:rsidRDefault="00C64C99" w:rsidP="00C64C99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...36 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C64C99">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C64C99">
+        <w:t xml:space="preserve">, R., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bleck, J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ilot </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="000F0FE2">
-[...64 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">valuation of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="000F0FE2">
-[...22 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">llness </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="000F0FE2">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C99">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000F0FE2">
-[...36 lines deleted...]
-    <w:p w14:paraId="1C00DF0F" w14:textId="02F02551" w:rsidR="000F0FE2" w:rsidRPr="00F7114F" w:rsidRDefault="000F0FE2" w:rsidP="000F0FE2">
+      <w:r w:rsidRPr="00C64C99">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College of Lifestyle Medicine Annual Conference. Orlando, FL, November 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6FCC22" w14:textId="77777777" w:rsidR="009E0295" w:rsidRDefault="009E0295" w:rsidP="00C64C99">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B6E30FD" w14:textId="4164F353" w:rsidR="00D9230F" w:rsidRDefault="00EF5CEE" w:rsidP="00D9230F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115B6D">
-[...25 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
+        <w:t xml:space="preserve">Perez, J., </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bleck, J., </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00115B6D">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D9230F">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00115B6D">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00D9230F">
+        <w:t xml:space="preserve">, R. Student psychological well-being and perceived faculty support during the COVID-19 pandemic: Differences by sex and race/ethnicity. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>USF Health Research Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00D9230F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tampa, FL</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9230F" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003C143C">
-[...43 lines deleted...]
-    <w:p w14:paraId="32DA20DD" w14:textId="5E8C4CD8" w:rsidR="0029305F" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="0029305F">
+    </w:p>
+    <w:p w14:paraId="33FC9269" w14:textId="77777777" w:rsidR="00D9230F" w:rsidRPr="00D9230F" w:rsidRDefault="00D9230F" w:rsidP="00D9230F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F64A801" w14:textId="1D1E9E28" w:rsidR="00F7114F" w:rsidRPr="00F7114F" w:rsidRDefault="00F7114F" w:rsidP="00F7114F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidR="0029305F">
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> &amp; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Haywood, C., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, R. </w:t>
       </w:r>
-      <w:r w:rsidR="0029305F">
-[...20 lines deleted...]
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nnovative </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arketing </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esearch to </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pand a </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0029305F">
-[...6 lines deleted...]
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>NASPA Strategies Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0029305F">
-[...6 lines deleted...]
-      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Virtual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0029305F">
-[...34 lines deleted...]
-    <w:p w14:paraId="005DF33A" w14:textId="476CE10C" w:rsidR="00DC006A" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>January 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094C907B" w14:textId="3C2B6692" w:rsidR="00F7114F" w:rsidRDefault="00F7114F" w:rsidP="00F7114F"/>
+    <w:p w14:paraId="680ACA73" w14:textId="304C54A2" w:rsidR="00F7114F" w:rsidRPr="000F0FE2" w:rsidRDefault="00F7114F" w:rsidP="00F7114F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> &amp; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Haywood, C., </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">French, K., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, R. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">ffectiveness of a </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An </w:t>
       </w:r>
       <w:r w:rsidR="00885840">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nnovative </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arketing </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esearch </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ethod for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">romotion of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehavioral </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hange </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">argeting </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...69 lines deleted...]
-      <w:r w:rsidR="00DC006A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>tudents</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Academy of Health Behavior Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00AB78A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Virtual</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2697">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...28 lines deleted...]
-    <w:p w14:paraId="13B0171A" w14:textId="77777777" w:rsidR="00DC006A" w:rsidRDefault="00DC006A" w:rsidP="00DC006A">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>March</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425CE63C" w14:textId="77777777" w:rsidR="000F0FE2" w:rsidRPr="000F0FE2" w:rsidRDefault="000F0FE2" w:rsidP="000F0FE2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="657302E8" w14:textId="37025663" w:rsidR="00DC006A" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351C7F30" w14:textId="58D78168" w:rsidR="000F0FE2" w:rsidRPr="000F0FE2" w:rsidRDefault="00EF5CEE" w:rsidP="000F0FE2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...13 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="000F0FE2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Gatto, A.,</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, R. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...90 lines deleted...]
-      <w:r w:rsidR="002F791D">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...20 lines deleted...]
-      <w:r w:rsidR="002F791D">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nalysis of an </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nvironmental </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...20 lines deleted...]
-      <w:r w:rsidR="002F791D">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leep </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can at a </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arge </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outhern </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity with </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ational </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>omparisons</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American Academy of Health Behavior Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC006A">
-[...52 lines deleted...]
-    <w:p w14:paraId="7783043E" w14:textId="6FB8E350" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+      <w:r w:rsidR="00AB78A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Virtual,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2697">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0FE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>March 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1385BF89" w14:textId="77777777" w:rsidR="000F0FE2" w:rsidRDefault="000F0FE2" w:rsidP="000F0FE2"/>
+    <w:p w14:paraId="1C00DF0F" w14:textId="02F02551" w:rsidR="000F0FE2" w:rsidRPr="00F7114F" w:rsidRDefault="000F0FE2" w:rsidP="000F0FE2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...18 lines deleted...]
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      </w:pPr>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> &amp; </w:t>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gatto, A., LaSure, T., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...6 lines deleted...]
-      <w:r w:rsidR="002F791D">
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mental </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...116 lines deleted...]
-    <w:p w14:paraId="49528275" w14:textId="6E08CA7F" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ocial </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>arketing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American College Health Association Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C143C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB78A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Virtual</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2697">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>March 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C42842" w14:textId="77777777" w:rsidR="00F7114F" w:rsidRPr="00F7114F" w:rsidRDefault="00F7114F" w:rsidP="00F7114F"/>
+    <w:p w14:paraId="32DA20DD" w14:textId="5E8C4CD8" w:rsidR="0029305F" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="0029305F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00115B6D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Garcia, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gatto, A., </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Prieto, C.,</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Gatto, A., &amp; </w:t>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00115B6D">
-[...18 lines deleted...]
-        <w:t>ate</w:t>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00115B6D">
-[...119 lines deleted...]
-    <w:p w14:paraId="7D63A123" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demographic differences among </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB78A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>university</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> faculty and staff who participate in a Mental health First Aid training program</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American Public Health Association Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Philadelphia</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidR="0029305F" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A0137D" w14:textId="77777777" w:rsidR="0029305F" w:rsidRPr="0029305F" w:rsidRDefault="0029305F" w:rsidP="0029305F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="7229A55C" w14:textId="22F55B9E" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="005DF33A" w14:textId="476CE10C" w:rsidR="00DC006A" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Gatto, A., Garcia, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> James, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, R. Addressing the </w:t>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examining the </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ental </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffectiveness of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uccess and </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram among </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>h</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ealth </w:t>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...113 lines deleted...]
-    <w:p w14:paraId="5B20223B" w14:textId="39C87113" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tudents</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American Public Health Association Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Philadelphia</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B0171A" w14:textId="77777777" w:rsidR="00DC006A" w:rsidRDefault="00DC006A" w:rsidP="00DC006A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="657302E8" w14:textId="37025663" w:rsidR="00DC006A" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">James, J., </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Gatto, A., &amp; </w:t>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, R. Evaluation of an </w:t>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evaluation of </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nowledge &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocess </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">nline </w:t>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utcomes of a </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ental </w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehavioral </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>h</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ealth </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntervention </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">iteracy </w:t>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eam </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ntervention for </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mong </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ollege </w:t>
+        <w:t>fa</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">culty &amp; </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...7 lines deleted...]
-    <w:p w14:paraId="7ACE0965" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">taff at a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outheastern </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>niversity</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>American Public Health Association Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Philadelphia</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC006A" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B42074E" w14:textId="77777777" w:rsidR="00DC006A" w:rsidRDefault="00DC006A" w:rsidP="00DC006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D4B7156" w14:textId="59A6B3FA" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+    <w:p w14:paraId="7783043E" w14:textId="6FB8E350" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Walters, E., Gatto, A., </w:t>
+        <w:t xml:space="preserve">Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Psychometric </w:t>
+        <w:t xml:space="preserve">, R. Innovative </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">roperties of a </w:t>
+        <w:t xml:space="preserve">trategies to </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>m</w:t>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ental </w:t>
+        <w:t xml:space="preserve">valuate </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ealth </w:t>
+        <w:t xml:space="preserve">ealth and </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>l</w:t>
+        <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">iteracy </w:t>
+        <w:t xml:space="preserve">ellness </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nitiatives on </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">cale among </w:t>
+        <w:t xml:space="preserve">tudent </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>c</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ollege </w:t>
-[...6 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve">uccess. NASPA Conferences on Student Success in Higher Education. Orlando, FL, </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>June</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>tudents. American Academy of Health Behavior Meeting. Greenville, SC, March 2019.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="2C23E9B0" w14:textId="6B5361FF" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7846A5C6" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49528275" w14:textId="6E08CA7F" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...14 lines deleted...]
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Newsome, A., Garcia, J., Schrider, L., &amp; </w:t>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gatto, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t>DeBate</w:t>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, R. Implementation of Exercise is Medicine on Campus to </w:t>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Assessing the </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ncrease </w:t>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mpact of </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uccess &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rograms on </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">hysical </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudent </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ctivity at a </w:t>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellbeing and </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="78C8CF0A" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>uccess. American College Health Association Conference. Denver, CO, May 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D63A123" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ABBA51F" w14:textId="78E36E37" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+    <w:p w14:paraId="7229A55C" w14:textId="22F55B9E" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gatto, A., Garcia, J., </w:t>
+        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Evaluating the </w:t>
+        <w:t xml:space="preserve">, R. Addressing the </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">mpact of a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00885840">
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eeds of </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">uccess &amp; </w:t>
-[...6 lines deleted...]
-        <w:t>w</w:t>
+        <w:t xml:space="preserve">tudents by </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ellness </w:t>
-[...6 lines deleted...]
-        <w:t>c</w:t>
+        <w:t xml:space="preserve">raining </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">oaching </w:t>
-[...6 lines deleted...]
-        <w:t>p</w:t>
+        <w:t xml:space="preserve">aculty &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">rogram for </w:t>
+        <w:t xml:space="preserve">taff </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">embers in Mental Health First Aid (MHFA) at a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arge </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">niversity </w:t>
+        <w:t xml:space="preserve">rban Southeastern </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>tudents. Society of Behavioral Medicine Annual Meeting &amp; Scientific Sessions. Washington, D.C., March 2019.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="2E947272" w14:textId="48083A7A" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+        <w:t>niversity. American College Health Association Conference. Denver, CO, May 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471B1934" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B20223B" w14:textId="39C87113" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
+        <w:t xml:space="preserve">Walters, E., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; </w:t>
+        <w:t xml:space="preserve"> Gatto, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Assessing the </w:t>
+        <w:t xml:space="preserve">, R. Evaluation of an </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">utcomes of </w:t>
+        <w:t xml:space="preserve">nline </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>t</w:t>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">raining </w:t>
+        <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>u</w:t>
+        <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">niversity </w:t>
+        <w:t xml:space="preserve">ealth </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>f</w:t>
+        <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">aculty &amp; </w:t>
+        <w:t xml:space="preserve">iteracy </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntervention for </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>taff in Mental Health First Aid (MHFA). Society of Behavioral Medicine Annual Meeting &amp; Scientific Sessions. Washington, D.C., March 2019.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FF73F55" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+        <w:t>tudents. Society for Public Health Education Conference. Salt Lake City, UT, March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACE0965" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B455109" w14:textId="7EB835F4" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+    <w:p w14:paraId="4D4B7156" w14:textId="59A6B3FA" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
+        <w:t xml:space="preserve">Walters, E., Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Evaluating Mental Health First Aid (MHFA) among </w:t>
+        <w:t xml:space="preserve">, R. Psychometric </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>u</w:t>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">niversity </w:t>
+        <w:t xml:space="preserve">roperties of a </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>f</w:t>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">aculty &amp; </w:t>
+        <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iteracy </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">taff. American </w:t>
+        <w:t xml:space="preserve">cale among </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="19940E6B" w14:textId="7770006D" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tudents. American Academy of Health Behavior Meeting. Greenville, SC, March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA61845" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D"/>
+    <w:p w14:paraId="2C23E9B0" w14:textId="6B5361FF" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00115B6D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gatto, A., </w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Walters, E., Gatto, A., &amp; </w:t>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Newsome, A., Garcia, J., Schrider, L., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00115B6D">
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, R. Evaluation of a </w:t>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Implementation of Exercise is Medicine on Campus to </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">elaxation </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncrease </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">tation to </w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hysical </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">educe </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivity at a </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">nxiety among </w:t>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arge </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00115B6D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ndergraduate </w:t>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rban </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="40675921" w14:textId="7BFAD776" w:rsidR="00115B6D" w:rsidRPr="003C455F" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>niversity. Society for Public Health Education Conference. Salt Lake City, UT, March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C8CF0A" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ABBA51F" w14:textId="78E36E37" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garcia, J., Gatto, A., Walters, E., James, J., </w:t>
+        <w:t xml:space="preserve">Gatto, A., Garcia, J., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Exploring </w:t>
+        <w:t xml:space="preserve">, R. Evaluating the </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>d</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ifferences </w:t>
+        <w:t xml:space="preserve">mpact of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uccess &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oaching </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram for </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>b</w:t>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">etween </w:t>
+        <w:t xml:space="preserve">niversity </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>fa</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">culty &amp; </w:t>
-[...129 lines deleted...]
-    <w:p w14:paraId="27BD698D" w14:textId="6128B397" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+        <w:t>tudents. Society of Behavioral Medicine Annual Meeting &amp; Scientific Sessions. Washington, D.C., March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4539238D" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E947272" w14:textId="48083A7A" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Walters, E., Gatto, A., </w:t>
+        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Changes in </w:t>
+        <w:t xml:space="preserve">, R. Assessing the </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>m</w:t>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ental </w:t>
+        <w:t xml:space="preserve">utcomes of </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>h</w:t>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ealth</w:t>
+        <w:t xml:space="preserve">raining </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> l</w:t>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">iteracy </w:t>
+        <w:t xml:space="preserve">niversity </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>co</w:t>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">nstruct </w:t>
+        <w:t xml:space="preserve">aculty &amp; </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">cores by </w:t>
-[...100 lines deleted...]
-    <w:p w14:paraId="28870F6E" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+        <w:t>taff in Mental Health First Aid (MHFA). Society of Behavioral Medicine Annual Meeting &amp; Scientific Sessions. Washington, D.C., March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF73F55" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2B463B8D" w14:textId="717E8D15" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B455109" w14:textId="7EB835F4" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Walters, E., Gatto, A., Smith, D</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Garcia, J., Gatto, A., </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Assessing the </w:t>
+        <w:t xml:space="preserve">, R. Evaluating Mental Health First Aid (MHFA) among </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">mpact of a </w:t>
+        <w:t xml:space="preserve">niversity </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>b</w:t>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ystander </w:t>
+        <w:t xml:space="preserve">aculty &amp; </w:t>
       </w:r>
       <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ntervention </w:t>
-[...6 lines deleted...]
-        <w:t>t</w:t>
+        <w:t xml:space="preserve">taff. American </w:t>
       </w:r>
       <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...111 lines deleted...]
-    <w:p w14:paraId="66C08F83" w14:textId="6C3EF85C" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academy of Health Behavior Meeting. Greenville, SC, March 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314C7B7B" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19940E6B" w14:textId="7770006D" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bleck, J.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walters, E., Gatto, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R. Addressing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA00AF">
+        <w:t xml:space="preserve">, R. Evaluation of a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elaxation </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">tudents’ </w:t>
-[...6 lines deleted...]
-        <w:t>m</w:t>
+        <w:t xml:space="preserve">tation to </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ental </w:t>
-[...6 lines deleted...]
-        <w:t>h</w:t>
+        <w:t xml:space="preserve">educe </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ealth </w:t>
-[...6 lines deleted...]
-        <w:t>n</w:t>
+        <w:t xml:space="preserve">nxiety among </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">eeds through an </w:t>
-[...6 lines deleted...]
-        <w:t>o</w:t>
+        <w:t xml:space="preserve">ndergraduate </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">nline </w:t>
-[...6 lines deleted...]
-        <w:t>m</w:t>
+        <w:t xml:space="preserve">ollege </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00115B6D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ental </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="3ACFE7A2" w14:textId="5778BAA0" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="005738D2">
+        <w:t>tudents. Society for Public Health Education Conference. Salt Lake City, UT, March 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECA542A" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40675921" w14:textId="7BFAD776" w:rsidR="00115B6D" w:rsidRPr="003C455F" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garcia, J., Gatto, A., Walters, E., James, J., </w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00992FE0">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C455F">
-[...51 lines deleted...]
-    <w:p w14:paraId="7A79ACFB" w14:textId="5F99CA26" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="005738D2">
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Exploring </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ifferences </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etween </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>fa</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">culty &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">taff </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">embers </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">illingness to </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">efer </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents in </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">risis to a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehavioral </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntervention </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>eam. USF Health Research Day. Tampa, FL, February 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70814E51" w14:textId="77777777" w:rsidR="003C455F" w:rsidRPr="00115B6D" w:rsidRDefault="003C455F" w:rsidP="003C455F"/>
+    <w:p w14:paraId="27BD698D" w14:textId="6128B397" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walters, E., Gatto, A., </w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00992FE0">
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C455F">
-[...53 lines deleted...]
-    <w:p w14:paraId="00F464E9" w14:textId="77777777" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="00992FE0">
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Changes in </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ealth</w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iteracy </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstruct </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cores by </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ce and </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thnicity </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollowing the </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompletion of an </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nteractive </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nline </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odule. USF Health Research Day. Tampa, FL, February 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28870F6E" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0244707D" w14:textId="5AAD9CAD" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
+    <w:p w14:paraId="2B463B8D" w14:textId="717E8D15" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00EF5CEE" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Bleck</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Walters, E., Gatto, A., Smith, D</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00675AAC">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C455F">
-[...39 lines deleted...]
-    <w:p w14:paraId="51B61C31" w14:textId="081E5577" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Assessing the </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mpact of a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ystander </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntervention </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raining on </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udent </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nowledge, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntention, and </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehavior at a </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arge </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rban </w:t>
+      </w:r>
+      <w:r w:rsidR="002F791D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00115B6D" w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversity. NASPA Strategies Conference. Washington, DC, January 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068139DF" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C08F83" w14:textId="6C3EF85C" w:rsidR="00115B6D" w:rsidRPr="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Walters, E., Gatto, A., &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C455F">
-[...66 lines deleted...]
-    <w:p w14:paraId="31CBF72C" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="004B32AB" w:rsidRDefault="007511D3" w:rsidP="007511D3">
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. Addressing </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eeds through an </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nline </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iteracy </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115B6D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>rogram. NASPA Strategies Conference. Washington, DC, January 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6280E876" w14:textId="77777777" w:rsidR="00115B6D" w:rsidRDefault="00115B6D" w:rsidP="00115B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FCAEE93" w14:textId="144C0EA6" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
+    <w:p w14:paraId="3ACFE7A2" w14:textId="5778BAA0" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00992FE0">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00992FE0">
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-        <w:t>, &amp; Stern</w:t>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t>, &amp; Paola</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-    <w:p w14:paraId="156F6DD8" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="00976CAE" w:rsidRDefault="007511D3" w:rsidP="007511D3">
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve"> J. An understanding of the relationship between birth control and depression in college-aged women. Society of Behavioral Medicine, New Orleans, LA, April 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F5F30A" w14:textId="77777777" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="00992FE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C3D0087" w14:textId="04F7007B" w:rsidR="004B32AB" w:rsidRDefault="007511D3" w:rsidP="005738D2">
+    <w:p w14:paraId="7A79ACFB" w14:textId="5F99CA26" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00992FE0">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="6C74F16A" w14:textId="77777777" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="00512E1D">
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t>, &amp; Paola</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992FE0">
+        <w:t xml:space="preserve"> J. An understanding of the relationship between birth control and depression in college-aged women. NASPA Strategies: Mental Health, Portland, OR, January 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F464E9" w14:textId="77777777" w:rsidR="00992FE0" w:rsidRPr="00992FE0" w:rsidRDefault="00992FE0" w:rsidP="00992FE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6A35BB3F" w14:textId="0F5E7076" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="005738D2">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0244707D" w14:textId="5AAD9CAD" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="006521C5">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006521C5">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006521C5">
-        <w:t xml:space="preserve">, &amp; </w:t>
+      <w:r w:rsidR="00675AAC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007511D3">
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006521C5">
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006521C5">
-[...58 lines deleted...]
-    <w:p w14:paraId="2B97751F" w14:textId="5F83E840" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="005738D2">
+      <w:r>
+        <w:t xml:space="preserve"> R. Exploring </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>gender differences in the relationship between developmental assets and disordered eating behavior</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00526302" w:rsidRPr="00976CAE">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Dis</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:t>order Research Society Meeting, Leipzig, Germany, September 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F319AB9" w14:textId="77777777" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="007511D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B61C31" w14:textId="081E5577" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="006521C5">
-[...25 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006521C5">
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006521C5">
+      <w:r w:rsidR="00675AAC">
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006521C5">
-        <w:t>, &amp; Stern</w:t>
+      <w:r w:rsidR="00675AAC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
-        <w:t xml:space="preserve">, </w:t>
-[...59 lines deleted...]
-    <w:p w14:paraId="671CEB7B" w14:textId="77777777" w:rsidR="006315C7" w:rsidRDefault="006315C7" w:rsidP="006315C7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mental </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00FF68B3">
+        <w:t>health literacy among male college students</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: Impact </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>on care seeking for weight related distress</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, </w:t>
+      </w:r>
+      <w:r w:rsidR="00526302">
+        <w:t>Leipzig, Germany, September 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00526302" w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CBF72C" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="004B32AB" w:rsidRDefault="007511D3" w:rsidP="007511D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="481BA1D9" w14:textId="03E0F261" w:rsidR="006315C7" w:rsidRDefault="006315C7" w:rsidP="005738D2">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FCAEE93" w14:textId="144C0EA6" w:rsidR="007511D3" w:rsidRDefault="007511D3" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...54 lines deleted...]
-    <w:p w14:paraId="7655E90A" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="004B32AB" w:rsidRDefault="007511D3" w:rsidP="007511D3">
+      <w:r>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, &amp; Stern</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> M. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t xml:space="preserve">prevalence of </w:t>
+      </w:r>
+      <w:r w:rsidR="00675AAC">
+        <w:t>ADHD</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t xml:space="preserve"> and binge eating among patients at a bariatric surgery clinic</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">International Conference on Eating Disorders, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prague, Czech Republic, June 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156F6DD8" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="00976CAE" w:rsidRDefault="007511D3" w:rsidP="007511D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6934B43C" w14:textId="44EEA99E" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="005738D2">
+    <w:p w14:paraId="0C3D0087" w14:textId="04F7007B" w:rsidR="004B32AB" w:rsidRDefault="007511D3" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...3 lines deleted...]
-        <w:t>Bleck</w:t>
+      <w:r>
+        <w:t>Stern</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
+        <w:t xml:space="preserve"> M</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
         <w:t xml:space="preserve">, &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, New York, </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> R. Exploring </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
-        <w:t xml:space="preserve">NY, </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="25F359C2" w14:textId="77777777" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="00470108">
+        <w:t>determinants of disordered eating behavior and eating disorder diagnosis through a developmental assets framework</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">International Conference on Eating Disorders, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prague, Czech Republic, June 2017.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B32AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C74F16A" w14:textId="77777777" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="00512E1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="03C739E7" w14:textId="3B02BEC2" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A35BB3F" w14:textId="0F5E7076" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="006521C5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...58 lines deleted...]
-    <w:p w14:paraId="4297C17B" w14:textId="685C5C17" w:rsidR="00BF3BC9" w:rsidRPr="00976CAE" w:rsidRDefault="00BF3BC9" w:rsidP="005738D2">
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve"> R. Exploring the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">mpact of ADHD on </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">inge </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ating and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">eight </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">oss </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">uccess </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ost </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ariatric </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t>urgery. Annual Meeting of the American Academy of Health Behavior, Tucson, AZ, March 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0A07EE" w14:textId="36804BD8" w:rsidR="00512E1D" w:rsidRPr="006521C5" w:rsidRDefault="00512E1D" w:rsidP="00512E1D"/>
+    <w:p w14:paraId="2B97751F" w14:textId="5F83E840" w:rsidR="00512E1D" w:rsidRDefault="00512E1D" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
+      <w:r w:rsidRPr="006521C5">
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
-[...69 lines deleted...]
-    <w:p w14:paraId="52E658C9" w14:textId="77777777" w:rsidR="00BF3BC9" w:rsidRPr="00976CAE" w:rsidRDefault="00BF3BC9" w:rsidP="00BF3BC9">
+      <w:r w:rsidRPr="006521C5">
+        <w:t>, &amp; Stern</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">M. Internal and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">xternal </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">evelopmental </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ssets as </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">eterminants of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">isordered </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ehaviors and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t xml:space="preserve">ating </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA00AF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006521C5">
+        <w:t>isorders. Annual Meeting of the American Academy of Health Behavior, Tucson, AZ, March 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671CEB7B" w14:textId="77777777" w:rsidR="006315C7" w:rsidRDefault="006315C7" w:rsidP="006315C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A51F7C4" w14:textId="57DD9FEA" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="005738D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481BA1D9" w14:textId="03E0F261" w:rsidR="006315C7" w:rsidRDefault="006315C7" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">, &amp; </w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R. Exploring the </w:t>
-[...19 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Psychometric properties of a positive youth development instrument among 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>st</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="159B0188" w14:textId="77777777" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="00C4447F">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade girls. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>144</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Meeting of the American Public Health Association, Denver, CO, November 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7655E90A" w14:textId="77777777" w:rsidR="007511D3" w:rsidRPr="004B32AB" w:rsidRDefault="007511D3" w:rsidP="007511D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76968463" w14:textId="28BAD423" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="005738D2">
+    <w:p w14:paraId="6934B43C" w14:textId="44EEA99E" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">. Identifying </w:t>
+        <w:t xml:space="preserve"> R. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0B93" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Development of an </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>characteristics of men who binge eat</w:t>
-[...2 lines deleted...]
-        <w:t>. 21</w:t>
+        <w:t xml:space="preserve">innovative theory-based model of the underlying mechanisms of comorbid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>ADHD</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0B93" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>disordered eating behavior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 22</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>st</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0761BCD5" w14:textId="77777777" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="00C4447F">
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, New York, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t xml:space="preserve">NY, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>October 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F359C2" w14:textId="77777777" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="00470108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C61B504" w14:textId="5474EA73" w:rsidR="00502CD3" w:rsidRPr="00976CAE" w:rsidRDefault="00502CD3" w:rsidP="005738D2">
+    <w:p w14:paraId="03C739E7" w14:textId="3B02BEC2" w:rsidR="00470108" w:rsidRPr="00976CAE" w:rsidRDefault="00470108" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...31 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
+        <w:lastRenderedPageBreak/>
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R. Positive </w:t>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0B93" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">. Exploring the </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">youth development: </w:t>
+        <w:t xml:space="preserve">impact of </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
-        <w:t>I</w:t>
+        <w:t>ADHD</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>mplications for eating disorder prevention</w:t>
-[...2 lines deleted...]
-        <w:t>. 20</w:t>
+        <w:t xml:space="preserve"> on binge eating and weight loss success post bariatric surgery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 22</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, San Diego, </w:t>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, New York, </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
-        <w:t xml:space="preserve">CA, </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="6D374691" w14:textId="2E970E01" w:rsidR="00CA3481" w:rsidRPr="00976CAE" w:rsidRDefault="00065817" w:rsidP="005738D2">
+        <w:t xml:space="preserve">NY, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>October 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275B400A" w14:textId="77777777" w:rsidR="000B5544" w:rsidRPr="00976CAE" w:rsidRDefault="000B5544" w:rsidP="000B5544"/>
+    <w:p w14:paraId="4297C17B" w14:textId="685C5C17" w:rsidR="00BF3BC9" w:rsidRPr="00976CAE" w:rsidRDefault="00BF3BC9" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00976CAE">
+      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R. Gender and </w:t>
+      <w:r w:rsidR="003F6203" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Changes in </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">racial differences in the co-occurrence of </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ADHD and </w:t>
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>developmental assets and physical activity frequency among 3</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>disordered eating behavior</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="6DB0191D" w14:textId="77777777" w:rsidR="00CE49BD" w:rsidRPr="00976CAE" w:rsidRDefault="00CE49BD" w:rsidP="00CE49BD">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade girls participating in a girl-focused sports-based positive youth development program</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4447F" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>143</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Meeting of the American Public Healt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4447F" w:rsidRPr="00976CAE">
+        <w:t>h Association, Chicago, IL, Nove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>mber 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E658C9" w14:textId="77777777" w:rsidR="00BF3BC9" w:rsidRPr="00976CAE" w:rsidRDefault="00BF3BC9" w:rsidP="00BF3BC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E7E4460" w14:textId="085AFA6A" w:rsidR="00CA3481" w:rsidRPr="00976CAE" w:rsidRDefault="00CA3481" w:rsidP="005738D2">
+    <w:p w14:paraId="5A51F7C4" w14:textId="57DD9FEA" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, &amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">Changes in </w:t>
+        <w:t xml:space="preserve"> R. Exploring the </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>developmental assets and physical activity frequency among 3</w:t>
+        <w:t xml:space="preserve">underlying mechanisms of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>ADHD</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> and eating disorder comorbidity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>rd</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="334D0BEB" w14:textId="77777777" w:rsidR="00065817" w:rsidRPr="00976CAE" w:rsidRDefault="00065817" w:rsidP="00065817">
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, Taormina, Italy, </w:t>
+      </w:r>
+      <w:r w:rsidR="00580D72" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159B0188" w14:textId="77777777" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="00C4447F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0376DFDF" w14:textId="66F50185" w:rsidR="00C94859" w:rsidRPr="00976CAE" w:rsidRDefault="00C94859" w:rsidP="005738D2">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76968463" w14:textId="28BAD423" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...25 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bleck</w:t>
+      </w:r>
       <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R. Gender </w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">. Identifying </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">and racial differences in the co-occurrence of </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="2EC57029" w14:textId="77777777" w:rsidR="00C94859" w:rsidRPr="00976CAE" w:rsidRDefault="00C94859" w:rsidP="00C94859">
+        <w:t>characteristics of men who binge eat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, Taormina, Italy, </w:t>
+      </w:r>
+      <w:r w:rsidR="00580D72" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0761BCD5" w14:textId="77777777" w:rsidR="00C4447F" w:rsidRPr="00976CAE" w:rsidRDefault="00C4447F" w:rsidP="00C4447F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="76F4EBD1" w14:textId="2582705F" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="005738D2">
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C61B504" w14:textId="5474EA73" w:rsidR="00502CD3" w:rsidRPr="00976CAE" w:rsidRDefault="00502CD3" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> K. Positive </w:t>
+        <w:t xml:space="preserve"> R. Positive </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>youth development through sport: assessing developmental outcomes among 3</w:t>
+        <w:t xml:space="preserve">youth development: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>mplications for eating disorder prevention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>rd</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-[...36 lines deleted...]
-    <w:p w14:paraId="1A92A6D9" w14:textId="77777777" w:rsidR="007D4ED4" w:rsidRPr="00976CAE" w:rsidRDefault="007D4ED4" w:rsidP="007D4ED4">
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Eating Disorder Research Society Meeting, San Diego, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t xml:space="preserve">CA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00885840" w:rsidRPr="00976CAE">
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6A1C3D" w14:textId="77777777" w:rsidR="00502CD3" w:rsidRPr="00976CAE" w:rsidRDefault="00502CD3" w:rsidP="00502CD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DA19309" w14:textId="5D018F87" w:rsidR="007D4ED4" w:rsidRPr="00976CAE" w:rsidRDefault="007D4ED4" w:rsidP="005738D2">
+    <w:p w14:paraId="6D374691" w14:textId="2E970E01" w:rsidR="00CA3481" w:rsidRPr="00976CAE" w:rsidRDefault="00065817" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Gender </w:t>
+        <w:t xml:space="preserve"> R. Gender and </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">differences in the co-occurrence of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">racial differences in the co-occurrence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">ADHD and </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>eating disorders</w:t>
-[...39 lines deleted...]
-    <w:p w14:paraId="4F0AF304" w14:textId="44B6EFB3" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="005738D2">
+        <w:t>disordered eating behavior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>s. University of South Florida Research Day, Tampa, FL, February 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB0191D" w14:textId="77777777" w:rsidR="00CE49BD" w:rsidRPr="00976CAE" w:rsidRDefault="00CE49BD" w:rsidP="00CE49BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7E4460" w14:textId="085AFA6A" w:rsidR="00CA3481" w:rsidRPr="00976CAE" w:rsidRDefault="00CA3481" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...28 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>De</w:t>
-[...5 lines deleted...]
-        <w:t>ate</w:t>
+        <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> R. Exploring the </w:t>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Marsh</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> L. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Changes in </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">co-morbidity of </w:t>
-[...2 lines deleted...]
-        <w:t>ADHD</w:t>
+        <w:t>developmental assets and physical activity frequency among 3</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> and disordered eating behaviors among a nationally representative sample of </w:t>
-[...2 lines deleted...]
-        <w:t>U</w:t>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>.</w:t>
-[...2 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>-5</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t>. adults</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="2D07A597" w14:textId="77777777" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="00D70305">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> grade girls participating in a girl-focused sport-based positive youth development program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. University of South Florida Research Day, Tampa, FL, February 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334D0BEB" w14:textId="77777777" w:rsidR="00065817" w:rsidRPr="00976CAE" w:rsidRDefault="00065817" w:rsidP="00065817">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5017690D" w14:textId="2642A77D" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="005738D2">
+    <w:p w14:paraId="0376DFDF" w14:textId="66F50185" w:rsidR="00C94859" w:rsidRPr="00976CAE" w:rsidRDefault="00C94859" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:t>Cragun</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> D</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00976CAE">
         <w:t>DeBate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...31 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00976CAE">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Olivardia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> H. Triangulation of </w:t>
+        <w:t xml:space="preserve"> R. Gender </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve">two methodologies to identify relationships between </w:t>
+        <w:t xml:space="preserve">and racial differences in the co-occurrence of </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
-        <w:t>key</w:t>
+        <w:t>ADHD</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> theoretical constructs associated with secondary prevention of disordered eating behaviors</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="36E1C63F" w14:textId="677C53C9" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="009F0995" w:rsidP="005738D2">
+        <w:t xml:space="preserve"> and disordered eating behaviors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. International</w:t>
+      </w:r>
+      <w:r w:rsidR="00800FC2" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Conference on Eating Disorders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, New York, NY, March 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC57029" w14:textId="77777777" w:rsidR="00C94859" w:rsidRPr="00976CAE" w:rsidRDefault="00C94859" w:rsidP="00C94859">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76F4EBD1" w14:textId="2582705F" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976CAE">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> T</w:t>
+        <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
+        <w:t>Rosini</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> K. Positive </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>youth development through sport: assessing developmental outcomes among 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> – 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> grade </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Girls on the Run</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>program participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. 141</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Meeting of the American Public Health Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94859" w:rsidRPr="00976CAE">
+        <w:t>: Think Global Act Local</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>, Boston, MA, November 2013.</w:t>
+      </w:r>
+      <w:r w:rsidR="00422FA0" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A92A6D9" w14:textId="77777777" w:rsidR="007D4ED4" w:rsidRPr="00976CAE" w:rsidRDefault="007D4ED4" w:rsidP="007D4ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA19309" w14:textId="5D018F87" w:rsidR="007D4ED4" w:rsidRPr="00976CAE" w:rsidRDefault="007D4ED4" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Olivardia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">Gender </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">differences in the co-occurrence of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">ADHD and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>eating disorders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t>Eating Disorder Research Society 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t>Bethesda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t>MD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35272" w:rsidRPr="00976CAE">
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286DCFE1" w14:textId="77777777" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="007D4ED4"/>
+    <w:p w14:paraId="4F0AF304" w14:textId="44B6EFB3" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>ate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R. Exploring the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">co-morbidity of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>ADHD</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> and disordered eating behaviors among a nationally representative sample of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t>. adults</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>. International Conference on Eating Disorders, Montreal, Canada, May 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D07A597" w14:textId="77777777" w:rsidR="00D70305" w:rsidRPr="00976CAE" w:rsidRDefault="00D70305" w:rsidP="00D70305">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5017690D" w14:textId="2642A77D" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="00B408E4" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Cragun</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>DeBate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bleck</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>Severson</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> H. Triangulation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">two methodologies to identify relationships between </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3">
+        <w:t>key</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> theoretical constructs associated with secondary prevention of disordered eating behaviors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F72A0" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidR="000F72A0" w:rsidRPr="00976CAE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="000F72A0" w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> Annual Scientific Meeting of the Amer</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3BC9" w:rsidRPr="00976CAE">
+        <w:t>ican Academy of Health Behavior</w:t>
+      </w:r>
+      <w:r w:rsidR="000F72A0" w:rsidRPr="00976CAE">
+        <w:t>, Santa Fe, NM, March 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F036251" w14:textId="77777777" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="005B23B3" w:rsidP="005B23B3"/>
+    <w:p w14:paraId="36E1C63F" w14:textId="677C53C9" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="009F0995" w:rsidP="005738D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CAE">
+        <w:lastRenderedPageBreak/>
+        <w:t>Palermo</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="003C455F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Bleck</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E5B28" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Peterman</w:t>
       </w:r>
       <w:r w:rsidR="003C455F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>. Tip</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00DE5125" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">ceberg: Reporting </w:t>
       </w:r>
       <w:r w:rsidR="00885840" w:rsidRPr="00976CAE">
         <w:t>gender-based</w:t>
       </w:r>
       <w:r w:rsidR="00FF68B3" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> violence in developing countries</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>. Missing Peace Symposium 2012, Sexual Violence in Conflict and Post Conflic</w:t>
       </w:r>
       <w:r w:rsidR="001B1F46" w:rsidRPr="00976CAE">
         <w:t>t Settings, Washington D.C., Feb 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0207FF" w14:textId="77777777" w:rsidR="005B23B3" w:rsidRPr="00976CAE" w:rsidRDefault="005B23B3" w:rsidP="005B23B3"/>
     <w:p w14:paraId="78FB0844" w14:textId="1A0C39A8" w:rsidR="006F646C" w:rsidRPr="00976CAE" w:rsidRDefault="006F646C" w:rsidP="005738D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -28218,59 +29014,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NATIONAL BOARD FOR HEALTH AND WELLNESS COACHING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0896A185" w14:textId="4A07A430" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00F25EBA">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>05/2024</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Webster, L., &amp; Pope, N. Exploring the Identity of National </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Health &amp; Wellness Coaches: Insights into the NBHWC Community.</w:t>
+        <w:t>Webster, L., &amp; Pope, N. Exploring the Identity of National Board Certified Health &amp; Wellness Coaches: Insights into the NBHWC Community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D626D3" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRPr="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00AF5F35"/>
     <w:p w14:paraId="436D7FA6" w14:textId="229D5370" w:rsidR="00362513" w:rsidRPr="00F25EBA" w:rsidRDefault="00362513" w:rsidP="00F25EBA">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>09/2023</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J., </w:t>
       </w:r>
       <w:r>
         <w:t>&amp; Smith, K. A Discussion of the Current Trends in Health Coaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19266BD6" w14:textId="7B15654B" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00362513">
@@ -28404,152 +29192,210 @@
         <w:t xml:space="preserve">Bleck, J. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Industry Study on the State of Health Coaching </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA92FEF" w14:textId="77777777" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00362513"/>
     <w:p w14:paraId="67A0AEFA" w14:textId="77777777" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00362513">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A658DC8" w14:textId="77777777" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00362513">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk175486375"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>REAL BALANCE GLOBAL WELLNESS INC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FCE6C8" w14:textId="1C55F4F6" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00362513">
+    <w:p w14:paraId="78CC398C" w14:textId="5F40357F" w:rsidR="000C5752" w:rsidRDefault="000C5752" w:rsidP="00362513">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk145029611"/>
-      <w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk145029611"/>
+      <w:r w:rsidRPr="000C5752">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:t>07/2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5752">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000C5752">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bleck, J.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5752">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Arloski, M. Two </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Years Later: How One Coaching Session Led to a Successful Weight Loss Journey</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="70A89519" w14:textId="77777777" w:rsidR="000C5752" w:rsidRPr="000C5752" w:rsidRDefault="000C5752" w:rsidP="00362513">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B9E790" w14:textId="77777777" w:rsidR="000C5752" w:rsidRDefault="000C5752" w:rsidP="000C5752">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
         <w:t>05/2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Arloski, M., &amp; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bleck, J.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Masterful Health &amp; Wellness Coaching: A Demo</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="36480053" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00024F0A"/>
+    <w:p w14:paraId="2609420C" w14:textId="77777777" w:rsidR="000C5752" w:rsidRDefault="000C5752" w:rsidP="00362513">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36480053" w14:textId="77777777" w:rsidR="00AF5F35" w:rsidRDefault="00AF5F35" w:rsidP="00024F0A">
+      <w:bookmarkStart w:id="17" w:name="_Hlk175486381"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
     <w:p w14:paraId="3EE092A1" w14:textId="5D007295" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UNIVERSITY OF SOUTH FLORIDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7538AAEC" w14:textId="7AD8169C" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE86A6A" w14:textId="65F961F7" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:r>
         <w:t>College of Social Work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B30353F" w14:textId="3E9A4B77" w:rsidR="00182DD6" w:rsidRPr="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:r>
         <w:t>Official Launce of CALM: Corner for a Little Mindfulness</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67DBF0E8" w14:textId="404DE3A8" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>08/2023</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bleck, J. </w:t>
       </w:r>
       <w:r>
         <w:t>Health and Wellness</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07236C31" w14:textId="330F1F8C" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="6639FC6C" w14:textId="5484A7CB" w:rsidR="00182DD6" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:r>
         <w:t>USF Health Shared Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470243CE" w14:textId="34B8D7C8" w:rsidR="004A298B" w:rsidRDefault="00182DD6" w:rsidP="00024F0A">
       <w:r>
         <w:t>07/2021</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A298B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bleck, J.</w:t>
       </w:r>
       <w:r w:rsidR="004A298B">
         <w:t xml:space="preserve"> &amp; DiPrete, J. Maintaining Healthy Habits in a Post-Pandemic World</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323ADA64" w14:textId="1527C54A" w:rsidR="004A298B" w:rsidRDefault="004A298B" w:rsidP="00024F0A"/>
     <w:p w14:paraId="31C87270" w14:textId="745A32F7" w:rsidR="004A298B" w:rsidRDefault="004A298B" w:rsidP="00024F0A">
@@ -28623,71 +29469,87 @@
       <w:r>
         <w:t xml:space="preserve"> Campus Mental Wellbeing Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553D97EA" w14:textId="77777777" w:rsidR="004A298B" w:rsidRPr="004A298B" w:rsidRDefault="004A298B" w:rsidP="00024F0A"/>
     <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="1460319A" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRPr="00976CAE" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="495B8A61" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRPr="00976CAE" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk175486392"/>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">AWARDS AND RECOGNITIONS </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="57D8963C" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRPr="00976CAE" w:rsidRDefault="00F147C8" w:rsidP="00F147C8"/>
+    <w:p w14:paraId="50008D78" w14:textId="387C643D" w:rsidR="00262239" w:rsidRDefault="00262239" w:rsidP="00262239">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk175486386"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk139966251"/>
+      <w:r>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>American College of Lifestyle Medicine Best Poster Award</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2B086453" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk139966251"/>
       <w:r>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>American College Health Association Advancing Health Equity Award</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p w14:paraId="7BFD8689" w14:textId="6CB448BB" w:rsidR="00F147C8" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="007F1B9A">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>American College of Lifestyle Medicine Outstanding Poster Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481F336D" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>2019</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>American College Health Association Best Practices in College Health Award: University of South Florida’s MWell4Success Initiative</w:t>
@@ -28798,82 +29660,82 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> University of South Florida</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27EEEF54" w14:textId="6701C51B" w:rsidR="00F147C8" w:rsidRDefault="00F147C8" w:rsidP="00F147C8">
       <w:r w:rsidRPr="00976CAE">
         <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Overall Excellence in Public Health</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve"> Stony Brook University</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="6520D041" w14:textId="49F38ACE" w:rsidR="00362513" w:rsidRDefault="00362513" w:rsidP="00024F0A"/>
     <w:p w14:paraId="1F20CD31" w14:textId="77777777" w:rsidR="00F147C8" w:rsidRPr="00976CAE" w:rsidRDefault="00F147C8" w:rsidP="00024F0A"/>
     <w:p w14:paraId="7EAD4139" w14:textId="38192AF4" w:rsidR="00871F82" w:rsidRPr="00976CAE" w:rsidRDefault="00871F82" w:rsidP="00BF3BC9">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4105"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROFESSIONAL AFFILIATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326A2B26" w14:textId="77777777" w:rsidR="007E6313" w:rsidRPr="00976CAE" w:rsidRDefault="007E6313" w:rsidP="00342FE8"/>
     <w:p w14:paraId="3FFF70DE" w14:textId="725880E5" w:rsidR="007B3F52" w:rsidRDefault="007B3F52" w:rsidP="00AB617E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk139966236"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk139966236"/>
       <w:r>
         <w:t>2018 – Present</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member, National Board for Health and Wellness Coaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8EEF09" w14:textId="1C81BE0F" w:rsidR="00AB617E" w:rsidRDefault="00AB617E" w:rsidP="00AB617E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>2019 – Present</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -28906,50 +29768,51 @@
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2019 – </w:t>
       </w:r>
       <w:r w:rsidR="007B3F52">
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member, National Association of Student Personnel Administrators</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC74444" w14:textId="227390B5" w:rsidR="00BD16B9" w:rsidRDefault="00BD16B9" w:rsidP="00694B6B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2018 – </w:t>
       </w:r>
       <w:r w:rsidR="00620C47">
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member, Society for Public Health Education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B665003" w14:textId="486E0108" w:rsidR="00A735FF" w:rsidRDefault="00A735FF" w:rsidP="00694B6B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2016 – </w:t>
       </w:r>
       <w:r w:rsidR="00620C47">
         <w:t>2021</w:t>
@@ -28992,108 +29855,136 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">2012 – </w:t>
       </w:r>
       <w:r w:rsidR="00620C47">
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008620F9" w:rsidRPr="00976CAE">
         <w:t xml:space="preserve">Member, </w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:t>Academy of Eating Disorders</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p w14:paraId="54C3614C" w14:textId="66788D67" w:rsidR="00402B17" w:rsidRDefault="00402B17" w:rsidP="00342FE8"/>
     <w:p w14:paraId="53373E81" w14:textId="77777777" w:rsidR="00402B17" w:rsidRPr="00976CAE" w:rsidRDefault="00402B17" w:rsidP="00402B17">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk175486412"/>
     </w:p>
     <w:p w14:paraId="0965BB26" w14:textId="77777777" w:rsidR="00402B17" w:rsidRPr="00976CAE" w:rsidRDefault="00402B17" w:rsidP="00402B17">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROFESSIONAL SERVICE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC963F1" w14:textId="77777777" w:rsidR="00402B17" w:rsidRPr="00976CAE" w:rsidRDefault="00402B17" w:rsidP="00402B17"/>
     <w:p w14:paraId="34D51E5A" w14:textId="57F6C3E0" w:rsidR="00402B17" w:rsidRPr="00402B17" w:rsidRDefault="009E6053" w:rsidP="00402B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Leadership Roles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FA8F7B" w14:textId="3F001D75" w:rsidR="00B667FA" w:rsidRDefault="00B667FA" w:rsidP="00B667FA">
+    <w:p w14:paraId="66DE58AE" w14:textId="18E437A1" w:rsidR="003E694C" w:rsidRDefault="003E694C" w:rsidP="003E694C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>2024 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Science Advisory Council, Institute of Coaching, McLean Hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FA8F7B" w14:textId="3F001D75" w:rsidR="00B667FA" w:rsidRDefault="00B667FA" w:rsidP="00B667FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1710"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>2023 – Present</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Member, Research Committee, American College Health Association</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042F4087" w14:textId="77777777" w:rsidR="00B667FA" w:rsidRDefault="00B667FA" w:rsidP="00B667FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>2022 – Present</w:t>
@@ -29125,59 +30016,59 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>WellCoaches</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2CBDB0AA" w14:textId="0276E0C8" w:rsidR="00B667FA" w:rsidRPr="00B667FA" w:rsidRDefault="00B667FA" w:rsidP="00B667FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>2022 – Present</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member, Coaching at Scale</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p w14:paraId="5B38A524" w14:textId="77777777" w:rsidR="00402B17" w:rsidRPr="00976CAE" w:rsidRDefault="00402B17" w:rsidP="00402B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
-        <w:lastRenderedPageBreak/>
         <w:t>2015 – 2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
         <w:t>Delegate, Association of Accredited Public Health Programs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634EC1F0" w14:textId="77777777" w:rsidR="00402B17" w:rsidRPr="00976CAE" w:rsidRDefault="00402B17" w:rsidP="00402B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00976CAE">
         <w:t>2013 – 2015</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:tab/>
         <w:t>Co-chair Student Special Interest Group (SIG), Academy of Eating Disorders</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34BE11CE" w14:textId="77777777" w:rsidR="00402B17" w:rsidRDefault="00402B17" w:rsidP="00402B17">
@@ -29658,64 +30549,67 @@
       <w:r w:rsidR="005F432A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005F432A">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F6BA1C" w14:textId="254EA727" w:rsidR="00AD42B5" w:rsidRDefault="00AD42B5" w:rsidP="005F432A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="8487"/>
           <w:tab w:val="left" w:pos="9054"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C024AE4" w14:textId="77777777" w:rsidR="00AD42B5" w:rsidRPr="00976CAE" w:rsidRDefault="00AD42B5" w:rsidP="00AD42B5"/>
+    <w:p w14:paraId="2C024AE4" w14:textId="77777777" w:rsidR="00AD42B5" w:rsidRDefault="00AD42B5" w:rsidP="00AD42B5"/>
+    <w:p w14:paraId="5EE07C37" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRDefault="00F44F22" w:rsidP="00AD42B5"/>
+    <w:p w14:paraId="57C5813A" w14:textId="77777777" w:rsidR="00F44F22" w:rsidRPr="00976CAE" w:rsidRDefault="00F44F22" w:rsidP="00AD42B5"/>
     <w:p w14:paraId="6EFFE265" w14:textId="77777777" w:rsidR="00AD42B5" w:rsidRPr="00976CAE" w:rsidRDefault="00AD42B5" w:rsidP="00AD42B5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>COMMUNITY</w:t>
       </w:r>
       <w:r w:rsidRPr="00976CAE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> SERVICE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699D272A" w14:textId="77777777" w:rsidR="00AD42B5" w:rsidRPr="00976CAE" w:rsidRDefault="00AD42B5" w:rsidP="00AD42B5"/>
     <w:p w14:paraId="4CF45471" w14:textId="75E67B53" w:rsidR="00AD42B5" w:rsidRDefault="00AD42B5" w:rsidP="00AD42B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00843894">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Present</w:t>
@@ -29767,70 +30661,70 @@
       </w:r>
       <w:r w:rsidR="000A3C4A">
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Volunteer, St. Francis Animal Society</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD42B5" w:rsidRPr="00976CAE" w:rsidSect="0090086D">
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="670225C5" w14:textId="77777777" w:rsidR="00644E14" w:rsidRDefault="00644E14" w:rsidP="0038611D">
+    <w:p w14:paraId="0C17BED4" w14:textId="77777777" w:rsidR="002C5FB8" w:rsidRDefault="002C5FB8" w:rsidP="0038611D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58B9E7FD" w14:textId="77777777" w:rsidR="00644E14" w:rsidRDefault="00644E14" w:rsidP="0038611D">
+    <w:p w14:paraId="5A804AC6" w14:textId="77777777" w:rsidR="002C5FB8" w:rsidRDefault="002C5FB8" w:rsidP="0038611D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -29851,70 +30745,78 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="405"/>
       <w:gridCol w:w="9675"/>
     </w:tblGrid>
     <w:tr w:rsidR="00637B39" w:rsidRPr="0025191F" w14:paraId="5AE66C9C" w14:textId="77777777" w:rsidTr="000E6E77">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="201" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tcBorders>
         </w:tcPr>
@@ -29956,181 +30858,181 @@
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="007B7F10">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4799" w:type="pct"/>
           <w:tcBorders>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="21692CBF" w14:textId="3FF4DD1C" w:rsidR="00637B39" w:rsidRPr="0025191F" w:rsidRDefault="00000000" w:rsidP="000E6E77">
+        <w:p w14:paraId="21692CBF" w14:textId="38EAE1F2" w:rsidR="00637B39" w:rsidRPr="0025191F" w:rsidRDefault="00000000" w:rsidP="000E6E77">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri"/>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
               </w:rPr>
               <w:alias w:val="Title"/>
               <w:id w:val="-762760933"/>
               <w:placeholder>
                 <w:docPart w:val="0243E3D2359973409266C9928F39AD4D"/>
               </w:placeholder>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="002A476D">
+              <w:r w:rsidR="00A22B7E">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:caps/>
                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 </w:rPr>
-                <w:t>JUNE 2024</w:t>
+                <w:t>DECEMBER 2025</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="25FA5649" w14:textId="77777777" w:rsidR="00637B39" w:rsidRDefault="00637B39">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9580"/>
       <w:gridCol w:w="500"/>
     </w:tblGrid>
     <w:tr w:rsidR="00637B39" w:rsidRPr="0080614A" w14:paraId="29DEF616" w14:textId="77777777" w:rsidTr="00E35A38">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4752" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="1373DA97" w14:textId="44FE64F7" w:rsidR="00637B39" w:rsidRPr="0080614A" w:rsidRDefault="00000000" w:rsidP="003A3F0D">
+        <w:p w14:paraId="1373DA97" w14:textId="4C4024B9" w:rsidR="00637B39" w:rsidRPr="0080614A" w:rsidRDefault="00000000" w:rsidP="003A3F0D">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria"/>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:alias w:val="Title"/>
               <w:id w:val="703758757"/>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="002A476D">
+              <w:r w:rsidR="00A22B7E">
                 <w:rPr>
                   <w:bCs/>
                   <w:caps/>
                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>JUNE</w:t>
+                <w:t>DECEMBER</w:t>
               </w:r>
               <w:r w:rsidR="00523011">
                 <w:rPr>
                   <w:bCs/>
                   <w:caps/>
                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 202</w:t>
               </w:r>
-              <w:r w:rsidR="00D1060B">
+              <w:r w:rsidR="00C30C76">
                 <w:rPr>
                   <w:bCs/>
                   <w:caps/>
                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>4</w:t>
+                <w:t>5</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="248" w:type="pct"/>
           <w:tcBorders>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="5E958A13" w14:textId="0560D043" w:rsidR="00637B39" w:rsidRPr="0080614A" w:rsidRDefault="00637B39" w:rsidP="000E6E77">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria"/>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0080614A">
             <w:rPr>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
@@ -30166,70 +31068,70 @@
           </w:r>
           <w:r w:rsidRPr="0080614A">
             <w:rPr>
               <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="06C42C66" w14:textId="55EBDEEC" w:rsidR="00637B39" w:rsidRPr="00515362" w:rsidRDefault="00637B39" w:rsidP="00515362">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14A06FFB" w14:textId="77777777" w:rsidR="00644E14" w:rsidRDefault="00644E14" w:rsidP="0038611D">
+    <w:p w14:paraId="6C78DD3F" w14:textId="77777777" w:rsidR="002C5FB8" w:rsidRDefault="002C5FB8" w:rsidP="0038611D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CC0D354" w14:textId="77777777" w:rsidR="00644E14" w:rsidRDefault="00644E14" w:rsidP="0038611D">
+    <w:p w14:paraId="0FA73A8F" w14:textId="77777777" w:rsidR="002C5FB8" w:rsidRDefault="002C5FB8" w:rsidP="0038611D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07E62CC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53CC536A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -30798,50 +31700,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EC4520C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78BC207E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30102286"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD25530"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -30886,51 +31877,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="331F5AB4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF9E3F8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E9519F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BC207E"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -30975,51 +32115,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423771CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BC207E"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31064,51 +32204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43500ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE720F78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -31177,51 +32317,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="445C31A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BC207E"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31266,51 +32406,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A5F7328"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD25530"/>
     <w:lvl w:ilvl="0" w:tplc="A198E1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31355,51 +32495,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B1817B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E06AC298"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31444,51 +32584,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B443380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BC207E"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31533,51 +32673,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B511BF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79FE7898"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31619,51 +32759,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C261050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="669CF7DA"/>
     <w:lvl w:ilvl="0" w:tplc="1C54344E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31708,51 +32848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2C1288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD2ADD6C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31797,51 +32937,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53E3740B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58924518"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -31886,51 +33026,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54F75A2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD25530"/>
     <w:lvl w:ilvl="0" w:tplc="A198E1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -31975,51 +33115,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55600B32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D5CDDCE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32061,51 +33201,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CCA78D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E06AC298"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32150,51 +33290,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A4D59E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78BC207E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AF86975"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BC207E"/>
     <w:lvl w:ilvl="0" w:tplc="CAC4789C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32239,51 +33468,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D42448B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D5CDDCE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32325,51 +33554,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7676500E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F66AF5DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32438,51 +33667,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="794B0CB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD25530"/>
     <w:lvl w:ilvl="0" w:tplc="A198E1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32534,197 +33763,211 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1085570468">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="628587934">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="321936410">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="879131206">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1852179772">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1381393764">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1566909583">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1864587854">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1566909583">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="9" w16cid:durableId="578445503">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1864587854">
+  <w:num w:numId="10" w16cid:durableId="505369188">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="578445503">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="11" w16cid:durableId="1515263220">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1123378775">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1412894603">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="664014223">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1199778720">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2136826599">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="388580890">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="642664066">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="709956363">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="783814106">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2064332061">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="554437420">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1735548168">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="349449984">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="293682930">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1735548168">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="26" w16cid:durableId="43412441">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="349449984">
+  <w:num w:numId="27" w16cid:durableId="1075394546">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1688676706">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="293682930">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="29" w16cid:durableId="1579511868">
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="111"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00713146"/>
     <w:rsid w:val="0000005D"/>
     <w:rsid w:val="0000276C"/>
     <w:rsid w:val="00003741"/>
     <w:rsid w:val="00003BCB"/>
     <w:rsid w:val="00003D72"/>
     <w:rsid w:val="00005A00"/>
     <w:rsid w:val="00016B10"/>
     <w:rsid w:val="0001711F"/>
     <w:rsid w:val="00017EBB"/>
     <w:rsid w:val="00024248"/>
     <w:rsid w:val="00024F0A"/>
     <w:rsid w:val="0002511A"/>
     <w:rsid w:val="00030737"/>
     <w:rsid w:val="00032721"/>
     <w:rsid w:val="000332B1"/>
     <w:rsid w:val="000407EC"/>
     <w:rsid w:val="000456FC"/>
     <w:rsid w:val="000510A3"/>
     <w:rsid w:val="00051EBE"/>
     <w:rsid w:val="00056027"/>
+    <w:rsid w:val="00063A52"/>
     <w:rsid w:val="00065817"/>
     <w:rsid w:val="00065D54"/>
     <w:rsid w:val="00075942"/>
     <w:rsid w:val="00077550"/>
     <w:rsid w:val="00084695"/>
     <w:rsid w:val="00085274"/>
     <w:rsid w:val="00085E77"/>
     <w:rsid w:val="0009061E"/>
     <w:rsid w:val="00091C25"/>
     <w:rsid w:val="00092057"/>
     <w:rsid w:val="00092246"/>
     <w:rsid w:val="00092CC2"/>
     <w:rsid w:val="00095100"/>
     <w:rsid w:val="00095A50"/>
     <w:rsid w:val="00097C1C"/>
     <w:rsid w:val="000A3C4A"/>
+    <w:rsid w:val="000A4EB9"/>
     <w:rsid w:val="000B2995"/>
     <w:rsid w:val="000B4482"/>
     <w:rsid w:val="000B5025"/>
     <w:rsid w:val="000B5544"/>
     <w:rsid w:val="000C260A"/>
+    <w:rsid w:val="000C3D8C"/>
+    <w:rsid w:val="000C5752"/>
     <w:rsid w:val="000D0FD5"/>
     <w:rsid w:val="000D12FB"/>
     <w:rsid w:val="000D1DE1"/>
     <w:rsid w:val="000D31AB"/>
     <w:rsid w:val="000D7E8C"/>
     <w:rsid w:val="000E6E77"/>
     <w:rsid w:val="000F0F21"/>
     <w:rsid w:val="000F0FE2"/>
     <w:rsid w:val="000F72A0"/>
     <w:rsid w:val="0010248E"/>
     <w:rsid w:val="00110630"/>
     <w:rsid w:val="00110849"/>
     <w:rsid w:val="0011365A"/>
     <w:rsid w:val="00114A55"/>
     <w:rsid w:val="00115B6D"/>
     <w:rsid w:val="0011676A"/>
     <w:rsid w:val="00122BE7"/>
     <w:rsid w:val="00126C0F"/>
     <w:rsid w:val="00132E39"/>
     <w:rsid w:val="00133758"/>
     <w:rsid w:val="00135156"/>
     <w:rsid w:val="00136F82"/>
     <w:rsid w:val="00146526"/>
     <w:rsid w:val="00146B9A"/>
     <w:rsid w:val="00150540"/>
@@ -32739,498 +33982,529 @@
     <w:rsid w:val="0017414E"/>
     <w:rsid w:val="00174FDC"/>
     <w:rsid w:val="0017526D"/>
     <w:rsid w:val="00177463"/>
     <w:rsid w:val="00177E5F"/>
     <w:rsid w:val="00182C49"/>
     <w:rsid w:val="00182DD6"/>
     <w:rsid w:val="0018414F"/>
     <w:rsid w:val="0019021B"/>
     <w:rsid w:val="001A3E1C"/>
     <w:rsid w:val="001A5805"/>
     <w:rsid w:val="001A5B1E"/>
     <w:rsid w:val="001A61F2"/>
     <w:rsid w:val="001A6513"/>
     <w:rsid w:val="001B1F46"/>
     <w:rsid w:val="001B65D4"/>
     <w:rsid w:val="001C0137"/>
     <w:rsid w:val="001C23EA"/>
     <w:rsid w:val="001C3727"/>
     <w:rsid w:val="001C56C4"/>
     <w:rsid w:val="001C6049"/>
     <w:rsid w:val="001D001B"/>
     <w:rsid w:val="001D0330"/>
     <w:rsid w:val="001D076C"/>
     <w:rsid w:val="001D248F"/>
+    <w:rsid w:val="001E2F21"/>
     <w:rsid w:val="001E50F7"/>
     <w:rsid w:val="001F6BE3"/>
     <w:rsid w:val="00201F7F"/>
     <w:rsid w:val="002037C7"/>
+    <w:rsid w:val="00212173"/>
     <w:rsid w:val="002173E2"/>
     <w:rsid w:val="00217EA2"/>
     <w:rsid w:val="00223A21"/>
     <w:rsid w:val="00223E83"/>
+    <w:rsid w:val="002257CA"/>
     <w:rsid w:val="00230EFC"/>
     <w:rsid w:val="002368A2"/>
     <w:rsid w:val="00236F5E"/>
     <w:rsid w:val="00237405"/>
     <w:rsid w:val="002400B6"/>
     <w:rsid w:val="00241496"/>
     <w:rsid w:val="00241AFB"/>
     <w:rsid w:val="00244F63"/>
     <w:rsid w:val="0024622E"/>
     <w:rsid w:val="002463D9"/>
     <w:rsid w:val="00246E0E"/>
     <w:rsid w:val="0025326D"/>
+    <w:rsid w:val="00262239"/>
     <w:rsid w:val="00265854"/>
+    <w:rsid w:val="00265891"/>
     <w:rsid w:val="00267B0B"/>
     <w:rsid w:val="0027576E"/>
     <w:rsid w:val="002774F1"/>
     <w:rsid w:val="00280E4E"/>
     <w:rsid w:val="00282502"/>
     <w:rsid w:val="00290E4C"/>
     <w:rsid w:val="0029305F"/>
     <w:rsid w:val="002A22DF"/>
     <w:rsid w:val="002A476D"/>
     <w:rsid w:val="002A6C6D"/>
     <w:rsid w:val="002B1148"/>
     <w:rsid w:val="002B2E02"/>
     <w:rsid w:val="002B35F3"/>
     <w:rsid w:val="002C0D6A"/>
     <w:rsid w:val="002C1EC6"/>
     <w:rsid w:val="002C2888"/>
     <w:rsid w:val="002C5BE1"/>
+    <w:rsid w:val="002C5FB8"/>
     <w:rsid w:val="002C6F64"/>
     <w:rsid w:val="002D0957"/>
     <w:rsid w:val="002D306E"/>
+    <w:rsid w:val="002D3787"/>
     <w:rsid w:val="002E3D7C"/>
     <w:rsid w:val="002F2DBE"/>
     <w:rsid w:val="002F791D"/>
     <w:rsid w:val="00300EF1"/>
     <w:rsid w:val="00304BF4"/>
     <w:rsid w:val="00311F02"/>
     <w:rsid w:val="00312550"/>
     <w:rsid w:val="00313F7F"/>
     <w:rsid w:val="0031653B"/>
     <w:rsid w:val="0031769F"/>
     <w:rsid w:val="00317D69"/>
+    <w:rsid w:val="003201E3"/>
     <w:rsid w:val="00320611"/>
     <w:rsid w:val="00320EE7"/>
     <w:rsid w:val="00320FE0"/>
     <w:rsid w:val="003260DD"/>
     <w:rsid w:val="00331C7B"/>
     <w:rsid w:val="003363C3"/>
     <w:rsid w:val="003401CE"/>
     <w:rsid w:val="003419C4"/>
     <w:rsid w:val="00341B91"/>
     <w:rsid w:val="00342FE8"/>
     <w:rsid w:val="00347E20"/>
     <w:rsid w:val="0035055D"/>
+    <w:rsid w:val="00352C21"/>
     <w:rsid w:val="00353B5E"/>
     <w:rsid w:val="00353EEC"/>
     <w:rsid w:val="0035421D"/>
     <w:rsid w:val="003546B3"/>
     <w:rsid w:val="00356836"/>
     <w:rsid w:val="00356C34"/>
     <w:rsid w:val="00360810"/>
     <w:rsid w:val="00361B61"/>
     <w:rsid w:val="00362513"/>
     <w:rsid w:val="003645AC"/>
     <w:rsid w:val="00367730"/>
     <w:rsid w:val="003704F3"/>
     <w:rsid w:val="003709BC"/>
     <w:rsid w:val="003760CC"/>
     <w:rsid w:val="00381DB3"/>
     <w:rsid w:val="00382DA9"/>
     <w:rsid w:val="0038484A"/>
     <w:rsid w:val="0038611D"/>
     <w:rsid w:val="00387C33"/>
     <w:rsid w:val="003A3F0D"/>
     <w:rsid w:val="003A4F57"/>
     <w:rsid w:val="003B02DD"/>
     <w:rsid w:val="003B0B93"/>
     <w:rsid w:val="003B3F62"/>
     <w:rsid w:val="003B6F50"/>
     <w:rsid w:val="003C143C"/>
     <w:rsid w:val="003C455F"/>
     <w:rsid w:val="003C4793"/>
     <w:rsid w:val="003D4770"/>
     <w:rsid w:val="003D7A01"/>
     <w:rsid w:val="003E3115"/>
     <w:rsid w:val="003E4138"/>
+    <w:rsid w:val="003E694C"/>
     <w:rsid w:val="003F025F"/>
     <w:rsid w:val="003F0DF7"/>
     <w:rsid w:val="003F104B"/>
     <w:rsid w:val="003F1FD8"/>
     <w:rsid w:val="003F29E7"/>
     <w:rsid w:val="003F312F"/>
     <w:rsid w:val="003F6203"/>
     <w:rsid w:val="00400612"/>
     <w:rsid w:val="00401F64"/>
     <w:rsid w:val="00402B17"/>
     <w:rsid w:val="00402FC2"/>
     <w:rsid w:val="00403A7F"/>
     <w:rsid w:val="00405756"/>
     <w:rsid w:val="004057F7"/>
     <w:rsid w:val="0040708C"/>
     <w:rsid w:val="00411438"/>
     <w:rsid w:val="00412D54"/>
     <w:rsid w:val="00414EF3"/>
     <w:rsid w:val="00416655"/>
     <w:rsid w:val="00420CA3"/>
     <w:rsid w:val="00422FA0"/>
     <w:rsid w:val="00430C93"/>
     <w:rsid w:val="004341FF"/>
     <w:rsid w:val="00440F06"/>
     <w:rsid w:val="00444C5C"/>
     <w:rsid w:val="00450087"/>
     <w:rsid w:val="00450167"/>
     <w:rsid w:val="00452116"/>
     <w:rsid w:val="00457227"/>
     <w:rsid w:val="00461351"/>
     <w:rsid w:val="00470108"/>
     <w:rsid w:val="00474CFF"/>
     <w:rsid w:val="00476C4D"/>
     <w:rsid w:val="00477186"/>
     <w:rsid w:val="0047760C"/>
+    <w:rsid w:val="004912FF"/>
     <w:rsid w:val="00494E31"/>
     <w:rsid w:val="00496307"/>
     <w:rsid w:val="004A17C0"/>
     <w:rsid w:val="004A1D50"/>
     <w:rsid w:val="004A298B"/>
     <w:rsid w:val="004A73F2"/>
     <w:rsid w:val="004B16C1"/>
     <w:rsid w:val="004B238E"/>
     <w:rsid w:val="004B293C"/>
     <w:rsid w:val="004B32AB"/>
     <w:rsid w:val="004B6202"/>
     <w:rsid w:val="004B672B"/>
     <w:rsid w:val="004C084D"/>
     <w:rsid w:val="004C5CE4"/>
     <w:rsid w:val="004D3946"/>
     <w:rsid w:val="004E07C4"/>
     <w:rsid w:val="004E38D0"/>
     <w:rsid w:val="004E61A7"/>
     <w:rsid w:val="004E635C"/>
     <w:rsid w:val="004F0141"/>
+    <w:rsid w:val="004F5562"/>
     <w:rsid w:val="004F68F7"/>
     <w:rsid w:val="004F703B"/>
     <w:rsid w:val="005013FA"/>
     <w:rsid w:val="00502CD3"/>
+    <w:rsid w:val="0051142A"/>
     <w:rsid w:val="0051263E"/>
     <w:rsid w:val="00512E1D"/>
     <w:rsid w:val="00515362"/>
     <w:rsid w:val="00516AFB"/>
     <w:rsid w:val="00517280"/>
     <w:rsid w:val="005216A8"/>
     <w:rsid w:val="00523011"/>
     <w:rsid w:val="0052332D"/>
     <w:rsid w:val="00526302"/>
     <w:rsid w:val="005311C3"/>
     <w:rsid w:val="00531250"/>
     <w:rsid w:val="00541847"/>
     <w:rsid w:val="0054536D"/>
     <w:rsid w:val="00547125"/>
     <w:rsid w:val="00547A2B"/>
     <w:rsid w:val="0055465C"/>
     <w:rsid w:val="00555AAB"/>
     <w:rsid w:val="005572A8"/>
     <w:rsid w:val="0056239D"/>
     <w:rsid w:val="00563B7B"/>
     <w:rsid w:val="00563F10"/>
     <w:rsid w:val="00564C76"/>
     <w:rsid w:val="00567069"/>
+    <w:rsid w:val="00570BA9"/>
     <w:rsid w:val="00572380"/>
     <w:rsid w:val="005738D2"/>
     <w:rsid w:val="0057554B"/>
     <w:rsid w:val="005778D3"/>
     <w:rsid w:val="00580845"/>
     <w:rsid w:val="00580D72"/>
     <w:rsid w:val="0058480F"/>
     <w:rsid w:val="0059269A"/>
     <w:rsid w:val="005A0ACE"/>
+    <w:rsid w:val="005A358C"/>
     <w:rsid w:val="005A3CD7"/>
     <w:rsid w:val="005A46E5"/>
     <w:rsid w:val="005A67A7"/>
     <w:rsid w:val="005A79C0"/>
     <w:rsid w:val="005B1FAA"/>
     <w:rsid w:val="005B23B3"/>
     <w:rsid w:val="005B2D78"/>
     <w:rsid w:val="005B492F"/>
     <w:rsid w:val="005B58B7"/>
     <w:rsid w:val="005C229A"/>
     <w:rsid w:val="005C3975"/>
     <w:rsid w:val="005C3BE1"/>
     <w:rsid w:val="005C41AB"/>
     <w:rsid w:val="005C4AB6"/>
     <w:rsid w:val="005C690E"/>
     <w:rsid w:val="005D2703"/>
+    <w:rsid w:val="005E235F"/>
     <w:rsid w:val="005F054F"/>
     <w:rsid w:val="005F07C2"/>
     <w:rsid w:val="005F29AA"/>
     <w:rsid w:val="005F432A"/>
     <w:rsid w:val="005F50E7"/>
     <w:rsid w:val="005F51EC"/>
     <w:rsid w:val="005F60EC"/>
     <w:rsid w:val="005F6E0C"/>
     <w:rsid w:val="0060059F"/>
+    <w:rsid w:val="00601E99"/>
     <w:rsid w:val="00603A3C"/>
     <w:rsid w:val="006061E4"/>
     <w:rsid w:val="00606F5E"/>
     <w:rsid w:val="006079D5"/>
     <w:rsid w:val="0061350A"/>
     <w:rsid w:val="006143A8"/>
     <w:rsid w:val="00620901"/>
     <w:rsid w:val="00620C47"/>
     <w:rsid w:val="006315C7"/>
     <w:rsid w:val="00637B39"/>
     <w:rsid w:val="00641BB1"/>
     <w:rsid w:val="00642CCB"/>
     <w:rsid w:val="00643D3F"/>
     <w:rsid w:val="00644E14"/>
     <w:rsid w:val="006472CE"/>
     <w:rsid w:val="00647404"/>
     <w:rsid w:val="00650BFF"/>
     <w:rsid w:val="00661B76"/>
     <w:rsid w:val="00675AAC"/>
     <w:rsid w:val="00676211"/>
     <w:rsid w:val="00676E0A"/>
     <w:rsid w:val="00692F8D"/>
     <w:rsid w:val="0069366B"/>
     <w:rsid w:val="006948CB"/>
     <w:rsid w:val="00694B6B"/>
     <w:rsid w:val="006A1958"/>
     <w:rsid w:val="006A558A"/>
     <w:rsid w:val="006B0EAB"/>
+    <w:rsid w:val="006B488B"/>
     <w:rsid w:val="006B4D78"/>
     <w:rsid w:val="006C2876"/>
     <w:rsid w:val="006C3C03"/>
     <w:rsid w:val="006C6C10"/>
     <w:rsid w:val="006D3371"/>
     <w:rsid w:val="006D55CF"/>
     <w:rsid w:val="006E11E5"/>
     <w:rsid w:val="006E1993"/>
     <w:rsid w:val="006E1B07"/>
     <w:rsid w:val="006E2590"/>
     <w:rsid w:val="006E28B6"/>
     <w:rsid w:val="006E466B"/>
     <w:rsid w:val="006E4BD7"/>
     <w:rsid w:val="006E5980"/>
     <w:rsid w:val="006E5B28"/>
     <w:rsid w:val="006E606C"/>
     <w:rsid w:val="006F1A31"/>
     <w:rsid w:val="006F223F"/>
     <w:rsid w:val="006F646C"/>
     <w:rsid w:val="00700A7B"/>
+    <w:rsid w:val="00702806"/>
     <w:rsid w:val="00703FC0"/>
     <w:rsid w:val="00706345"/>
     <w:rsid w:val="0071087D"/>
     <w:rsid w:val="00713146"/>
     <w:rsid w:val="007175CD"/>
     <w:rsid w:val="00721345"/>
     <w:rsid w:val="00722DA1"/>
     <w:rsid w:val="007249F6"/>
     <w:rsid w:val="00730ADD"/>
     <w:rsid w:val="0073156A"/>
     <w:rsid w:val="00731A67"/>
+    <w:rsid w:val="00736042"/>
     <w:rsid w:val="007366F0"/>
     <w:rsid w:val="00736CAB"/>
     <w:rsid w:val="007431AF"/>
     <w:rsid w:val="00750835"/>
     <w:rsid w:val="007511D3"/>
     <w:rsid w:val="00753273"/>
     <w:rsid w:val="007536CA"/>
     <w:rsid w:val="00757CE8"/>
     <w:rsid w:val="007600E4"/>
     <w:rsid w:val="007606C1"/>
     <w:rsid w:val="00760E54"/>
     <w:rsid w:val="0077218B"/>
     <w:rsid w:val="00777558"/>
     <w:rsid w:val="007809A3"/>
     <w:rsid w:val="007818B9"/>
     <w:rsid w:val="0078389C"/>
     <w:rsid w:val="00784CD8"/>
     <w:rsid w:val="00787266"/>
     <w:rsid w:val="00790257"/>
     <w:rsid w:val="007913DB"/>
     <w:rsid w:val="00791780"/>
     <w:rsid w:val="007918D6"/>
     <w:rsid w:val="00795975"/>
     <w:rsid w:val="007A1841"/>
     <w:rsid w:val="007A26FA"/>
     <w:rsid w:val="007A3504"/>
     <w:rsid w:val="007A3701"/>
     <w:rsid w:val="007A3D3E"/>
     <w:rsid w:val="007A532F"/>
     <w:rsid w:val="007A64B1"/>
     <w:rsid w:val="007A78B3"/>
     <w:rsid w:val="007B3F52"/>
     <w:rsid w:val="007C18C0"/>
     <w:rsid w:val="007C1ADB"/>
     <w:rsid w:val="007C40F7"/>
     <w:rsid w:val="007C652E"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C732B"/>
     <w:rsid w:val="007D101A"/>
     <w:rsid w:val="007D4ED4"/>
     <w:rsid w:val="007D566A"/>
     <w:rsid w:val="007D5C32"/>
     <w:rsid w:val="007E07A7"/>
     <w:rsid w:val="007E6313"/>
     <w:rsid w:val="007F0053"/>
+    <w:rsid w:val="007F04BF"/>
     <w:rsid w:val="007F1B9A"/>
     <w:rsid w:val="007F62C7"/>
     <w:rsid w:val="00800FC2"/>
     <w:rsid w:val="00804CFE"/>
     <w:rsid w:val="00805E82"/>
     <w:rsid w:val="0080614A"/>
     <w:rsid w:val="008072DA"/>
     <w:rsid w:val="008077F5"/>
     <w:rsid w:val="00811F74"/>
     <w:rsid w:val="00813F67"/>
     <w:rsid w:val="008361FF"/>
     <w:rsid w:val="00837D14"/>
     <w:rsid w:val="00841724"/>
     <w:rsid w:val="00842490"/>
     <w:rsid w:val="00843894"/>
     <w:rsid w:val="008454B2"/>
     <w:rsid w:val="00850E0E"/>
+    <w:rsid w:val="008554B3"/>
     <w:rsid w:val="00856733"/>
     <w:rsid w:val="00856B99"/>
     <w:rsid w:val="008576A9"/>
     <w:rsid w:val="008620F9"/>
     <w:rsid w:val="008648F6"/>
     <w:rsid w:val="00864A71"/>
     <w:rsid w:val="0086651A"/>
     <w:rsid w:val="00867A89"/>
     <w:rsid w:val="00871F82"/>
     <w:rsid w:val="00873F85"/>
     <w:rsid w:val="0087427C"/>
     <w:rsid w:val="008748DE"/>
     <w:rsid w:val="00881182"/>
     <w:rsid w:val="00883313"/>
     <w:rsid w:val="00885840"/>
     <w:rsid w:val="0089080A"/>
     <w:rsid w:val="00892AED"/>
     <w:rsid w:val="00894AD9"/>
     <w:rsid w:val="00896E49"/>
     <w:rsid w:val="008A280E"/>
     <w:rsid w:val="008A29F1"/>
     <w:rsid w:val="008A37A8"/>
     <w:rsid w:val="008B3D7A"/>
     <w:rsid w:val="008B40AB"/>
     <w:rsid w:val="008B4A00"/>
     <w:rsid w:val="008B5454"/>
     <w:rsid w:val="008C00C0"/>
     <w:rsid w:val="008C0F64"/>
+    <w:rsid w:val="008C3A35"/>
     <w:rsid w:val="008C67C4"/>
+    <w:rsid w:val="008D74FF"/>
     <w:rsid w:val="008F157E"/>
     <w:rsid w:val="008F2E9B"/>
     <w:rsid w:val="008F32D7"/>
     <w:rsid w:val="008F36BB"/>
     <w:rsid w:val="0090086D"/>
     <w:rsid w:val="0090133E"/>
     <w:rsid w:val="00910987"/>
     <w:rsid w:val="00916E6A"/>
     <w:rsid w:val="00937DAE"/>
     <w:rsid w:val="00940CE4"/>
+    <w:rsid w:val="009425CA"/>
     <w:rsid w:val="00944017"/>
     <w:rsid w:val="00952F82"/>
     <w:rsid w:val="0096257C"/>
     <w:rsid w:val="00962614"/>
     <w:rsid w:val="00962894"/>
     <w:rsid w:val="00966F81"/>
     <w:rsid w:val="00972E23"/>
     <w:rsid w:val="00976CAE"/>
     <w:rsid w:val="00992FE0"/>
     <w:rsid w:val="00993E78"/>
     <w:rsid w:val="009A6BDE"/>
     <w:rsid w:val="009A77B2"/>
     <w:rsid w:val="009A7C1E"/>
     <w:rsid w:val="009B5349"/>
     <w:rsid w:val="009C045D"/>
     <w:rsid w:val="009C07E1"/>
     <w:rsid w:val="009C21E2"/>
     <w:rsid w:val="009C24AF"/>
     <w:rsid w:val="009C5B43"/>
     <w:rsid w:val="009C5B8F"/>
     <w:rsid w:val="009C7869"/>
     <w:rsid w:val="009D30BE"/>
     <w:rsid w:val="009D4F70"/>
     <w:rsid w:val="009E0033"/>
     <w:rsid w:val="009E0295"/>
     <w:rsid w:val="009E1EBD"/>
     <w:rsid w:val="009E47ED"/>
     <w:rsid w:val="009E6053"/>
     <w:rsid w:val="009E6D51"/>
     <w:rsid w:val="009F0995"/>
     <w:rsid w:val="00A00592"/>
     <w:rsid w:val="00A02CB0"/>
     <w:rsid w:val="00A1196B"/>
     <w:rsid w:val="00A12938"/>
     <w:rsid w:val="00A12F88"/>
     <w:rsid w:val="00A1500D"/>
     <w:rsid w:val="00A15391"/>
     <w:rsid w:val="00A163D2"/>
+    <w:rsid w:val="00A17276"/>
+    <w:rsid w:val="00A22B7E"/>
+    <w:rsid w:val="00A23A99"/>
     <w:rsid w:val="00A24CF2"/>
     <w:rsid w:val="00A25193"/>
     <w:rsid w:val="00A27C05"/>
     <w:rsid w:val="00A300EE"/>
     <w:rsid w:val="00A40009"/>
     <w:rsid w:val="00A4193B"/>
     <w:rsid w:val="00A45B7D"/>
     <w:rsid w:val="00A460B3"/>
     <w:rsid w:val="00A52DCE"/>
     <w:rsid w:val="00A53103"/>
     <w:rsid w:val="00A55A3B"/>
     <w:rsid w:val="00A67B2E"/>
     <w:rsid w:val="00A735FF"/>
     <w:rsid w:val="00A73660"/>
     <w:rsid w:val="00A77D4F"/>
     <w:rsid w:val="00A82237"/>
     <w:rsid w:val="00A84F03"/>
     <w:rsid w:val="00A92BFA"/>
     <w:rsid w:val="00A9356D"/>
     <w:rsid w:val="00A9533E"/>
+    <w:rsid w:val="00A95BBA"/>
     <w:rsid w:val="00A963C4"/>
     <w:rsid w:val="00AA00F0"/>
     <w:rsid w:val="00AA167F"/>
     <w:rsid w:val="00AB0598"/>
     <w:rsid w:val="00AB0DE3"/>
     <w:rsid w:val="00AB1FA9"/>
     <w:rsid w:val="00AB29E0"/>
+    <w:rsid w:val="00AB32B2"/>
     <w:rsid w:val="00AB4024"/>
     <w:rsid w:val="00AB5127"/>
     <w:rsid w:val="00AB617E"/>
     <w:rsid w:val="00AB618C"/>
     <w:rsid w:val="00AB78A1"/>
     <w:rsid w:val="00AC015A"/>
     <w:rsid w:val="00AC773F"/>
     <w:rsid w:val="00AD0B1B"/>
     <w:rsid w:val="00AD25E2"/>
     <w:rsid w:val="00AD42B5"/>
     <w:rsid w:val="00AE3C35"/>
+    <w:rsid w:val="00AE452C"/>
     <w:rsid w:val="00AE6697"/>
     <w:rsid w:val="00AE66D3"/>
     <w:rsid w:val="00AE68B2"/>
     <w:rsid w:val="00AF033F"/>
     <w:rsid w:val="00AF4ECB"/>
     <w:rsid w:val="00AF5F35"/>
     <w:rsid w:val="00AF6719"/>
     <w:rsid w:val="00AF69FC"/>
     <w:rsid w:val="00AF6FB5"/>
     <w:rsid w:val="00AF7974"/>
     <w:rsid w:val="00B00D61"/>
     <w:rsid w:val="00B04854"/>
     <w:rsid w:val="00B06EA9"/>
     <w:rsid w:val="00B076D5"/>
     <w:rsid w:val="00B1051E"/>
     <w:rsid w:val="00B10EEC"/>
     <w:rsid w:val="00B10FEB"/>
     <w:rsid w:val="00B14D7C"/>
     <w:rsid w:val="00B21BC9"/>
     <w:rsid w:val="00B27A39"/>
     <w:rsid w:val="00B27D0E"/>
     <w:rsid w:val="00B33137"/>
     <w:rsid w:val="00B34C1F"/>
     <w:rsid w:val="00B351C9"/>
     <w:rsid w:val="00B35272"/>
@@ -33241,134 +34515,147 @@
     <w:rsid w:val="00B43B58"/>
     <w:rsid w:val="00B54CD5"/>
     <w:rsid w:val="00B55F31"/>
     <w:rsid w:val="00B57E19"/>
     <w:rsid w:val="00B610D4"/>
     <w:rsid w:val="00B61429"/>
     <w:rsid w:val="00B61F8A"/>
     <w:rsid w:val="00B64692"/>
     <w:rsid w:val="00B667FA"/>
     <w:rsid w:val="00B72119"/>
     <w:rsid w:val="00B72D03"/>
     <w:rsid w:val="00B8014A"/>
     <w:rsid w:val="00B82339"/>
     <w:rsid w:val="00B84502"/>
     <w:rsid w:val="00B97ADC"/>
     <w:rsid w:val="00BA27C9"/>
     <w:rsid w:val="00BA4CE5"/>
     <w:rsid w:val="00BB3C3D"/>
     <w:rsid w:val="00BC3E72"/>
     <w:rsid w:val="00BC6008"/>
     <w:rsid w:val="00BD1008"/>
     <w:rsid w:val="00BD16B9"/>
     <w:rsid w:val="00BD4907"/>
     <w:rsid w:val="00BE0575"/>
     <w:rsid w:val="00BE2FD7"/>
+    <w:rsid w:val="00BF0640"/>
     <w:rsid w:val="00BF1F2D"/>
+    <w:rsid w:val="00BF22EB"/>
     <w:rsid w:val="00BF3BC9"/>
+    <w:rsid w:val="00C0206E"/>
     <w:rsid w:val="00C02A2F"/>
     <w:rsid w:val="00C0303A"/>
     <w:rsid w:val="00C04635"/>
     <w:rsid w:val="00C12692"/>
     <w:rsid w:val="00C20892"/>
     <w:rsid w:val="00C21355"/>
     <w:rsid w:val="00C216D7"/>
     <w:rsid w:val="00C22C82"/>
     <w:rsid w:val="00C23697"/>
     <w:rsid w:val="00C25FA3"/>
     <w:rsid w:val="00C26399"/>
     <w:rsid w:val="00C2641D"/>
     <w:rsid w:val="00C27EF3"/>
+    <w:rsid w:val="00C30C76"/>
     <w:rsid w:val="00C32BE8"/>
     <w:rsid w:val="00C34DAD"/>
     <w:rsid w:val="00C4447F"/>
     <w:rsid w:val="00C460A5"/>
     <w:rsid w:val="00C522FF"/>
     <w:rsid w:val="00C53250"/>
     <w:rsid w:val="00C64C99"/>
     <w:rsid w:val="00C72B5D"/>
     <w:rsid w:val="00C73975"/>
     <w:rsid w:val="00C7691E"/>
     <w:rsid w:val="00C84F2A"/>
     <w:rsid w:val="00C85D29"/>
     <w:rsid w:val="00C94859"/>
     <w:rsid w:val="00C9571D"/>
     <w:rsid w:val="00CA143C"/>
     <w:rsid w:val="00CA210A"/>
     <w:rsid w:val="00CA2190"/>
     <w:rsid w:val="00CA3481"/>
     <w:rsid w:val="00CA45B7"/>
     <w:rsid w:val="00CA51BA"/>
     <w:rsid w:val="00CB2A28"/>
     <w:rsid w:val="00CB3C77"/>
     <w:rsid w:val="00CC11AC"/>
     <w:rsid w:val="00CC4173"/>
     <w:rsid w:val="00CD227B"/>
     <w:rsid w:val="00CD536C"/>
     <w:rsid w:val="00CD609B"/>
     <w:rsid w:val="00CE237B"/>
     <w:rsid w:val="00CE49BD"/>
     <w:rsid w:val="00CE7C84"/>
     <w:rsid w:val="00CF231E"/>
     <w:rsid w:val="00CF2B14"/>
     <w:rsid w:val="00CF427C"/>
     <w:rsid w:val="00CF4D54"/>
     <w:rsid w:val="00CF56F1"/>
     <w:rsid w:val="00CF70FD"/>
     <w:rsid w:val="00D024EF"/>
+    <w:rsid w:val="00D02A86"/>
+    <w:rsid w:val="00D03FF5"/>
     <w:rsid w:val="00D1060B"/>
     <w:rsid w:val="00D115B9"/>
     <w:rsid w:val="00D16543"/>
     <w:rsid w:val="00D16AA6"/>
     <w:rsid w:val="00D2346F"/>
     <w:rsid w:val="00D23B51"/>
+    <w:rsid w:val="00D23CC9"/>
     <w:rsid w:val="00D32A21"/>
     <w:rsid w:val="00D32FA6"/>
     <w:rsid w:val="00D3341F"/>
+    <w:rsid w:val="00D33538"/>
     <w:rsid w:val="00D35D5B"/>
     <w:rsid w:val="00D36C9A"/>
     <w:rsid w:val="00D40BB1"/>
     <w:rsid w:val="00D532CC"/>
+    <w:rsid w:val="00D54FEB"/>
     <w:rsid w:val="00D55CE6"/>
     <w:rsid w:val="00D61C81"/>
     <w:rsid w:val="00D62BC5"/>
     <w:rsid w:val="00D63867"/>
     <w:rsid w:val="00D6466D"/>
     <w:rsid w:val="00D654E2"/>
     <w:rsid w:val="00D65D90"/>
     <w:rsid w:val="00D66382"/>
     <w:rsid w:val="00D676C9"/>
     <w:rsid w:val="00D70305"/>
+    <w:rsid w:val="00D7083E"/>
     <w:rsid w:val="00D71D07"/>
     <w:rsid w:val="00D7642C"/>
+    <w:rsid w:val="00D76615"/>
     <w:rsid w:val="00D8160B"/>
     <w:rsid w:val="00D879E8"/>
     <w:rsid w:val="00D9230F"/>
     <w:rsid w:val="00D92776"/>
     <w:rsid w:val="00D92B37"/>
     <w:rsid w:val="00D95346"/>
+    <w:rsid w:val="00D96C7F"/>
     <w:rsid w:val="00D96D3B"/>
+    <w:rsid w:val="00D9709A"/>
     <w:rsid w:val="00D97629"/>
     <w:rsid w:val="00D97831"/>
     <w:rsid w:val="00D97F90"/>
     <w:rsid w:val="00DA2283"/>
     <w:rsid w:val="00DA6D28"/>
     <w:rsid w:val="00DB070F"/>
     <w:rsid w:val="00DB2AE3"/>
     <w:rsid w:val="00DB51D4"/>
     <w:rsid w:val="00DB64B6"/>
     <w:rsid w:val="00DC006A"/>
     <w:rsid w:val="00DC0157"/>
     <w:rsid w:val="00DD1234"/>
     <w:rsid w:val="00DE2166"/>
     <w:rsid w:val="00DE3BE3"/>
     <w:rsid w:val="00DE5125"/>
     <w:rsid w:val="00DE768B"/>
     <w:rsid w:val="00DF26D9"/>
     <w:rsid w:val="00DF382E"/>
     <w:rsid w:val="00DF51FD"/>
     <w:rsid w:val="00E00A6F"/>
     <w:rsid w:val="00E053FF"/>
     <w:rsid w:val="00E164C2"/>
     <w:rsid w:val="00E22010"/>
     <w:rsid w:val="00E22273"/>
     <w:rsid w:val="00E22BA2"/>
@@ -33389,122 +34676,127 @@
     <w:rsid w:val="00EA38FF"/>
     <w:rsid w:val="00EB2435"/>
     <w:rsid w:val="00EB2697"/>
     <w:rsid w:val="00EB59F4"/>
     <w:rsid w:val="00EC1E15"/>
     <w:rsid w:val="00EC325D"/>
     <w:rsid w:val="00EC6C6B"/>
     <w:rsid w:val="00ED22EC"/>
     <w:rsid w:val="00ED27DA"/>
     <w:rsid w:val="00EE01A7"/>
     <w:rsid w:val="00EE04A2"/>
     <w:rsid w:val="00EE270A"/>
     <w:rsid w:val="00EF5CEE"/>
     <w:rsid w:val="00F00847"/>
     <w:rsid w:val="00F10010"/>
     <w:rsid w:val="00F10497"/>
     <w:rsid w:val="00F1118F"/>
     <w:rsid w:val="00F12F72"/>
     <w:rsid w:val="00F147C8"/>
     <w:rsid w:val="00F25CD1"/>
     <w:rsid w:val="00F25EBA"/>
     <w:rsid w:val="00F26FFF"/>
     <w:rsid w:val="00F32C75"/>
     <w:rsid w:val="00F34471"/>
     <w:rsid w:val="00F36E2C"/>
+    <w:rsid w:val="00F44F22"/>
     <w:rsid w:val="00F50DCB"/>
     <w:rsid w:val="00F53ABA"/>
+    <w:rsid w:val="00F5681C"/>
     <w:rsid w:val="00F5745C"/>
     <w:rsid w:val="00F60149"/>
     <w:rsid w:val="00F60C5F"/>
+    <w:rsid w:val="00F61154"/>
     <w:rsid w:val="00F65F4B"/>
     <w:rsid w:val="00F70DEF"/>
     <w:rsid w:val="00F7114F"/>
     <w:rsid w:val="00F77112"/>
     <w:rsid w:val="00F837FF"/>
     <w:rsid w:val="00F8655F"/>
     <w:rsid w:val="00F87D54"/>
     <w:rsid w:val="00F90AC7"/>
     <w:rsid w:val="00F92B69"/>
     <w:rsid w:val="00F97A0D"/>
     <w:rsid w:val="00FA00AF"/>
     <w:rsid w:val="00FA0321"/>
     <w:rsid w:val="00FA12C4"/>
     <w:rsid w:val="00FA1776"/>
     <w:rsid w:val="00FA1F90"/>
     <w:rsid w:val="00FB0E41"/>
     <w:rsid w:val="00FB38C5"/>
     <w:rsid w:val="00FB6B59"/>
     <w:rsid w:val="00FC3A4C"/>
     <w:rsid w:val="00FC69C7"/>
     <w:rsid w:val="00FC7D18"/>
     <w:rsid w:val="00FD555A"/>
+    <w:rsid w:val="00FD60CB"/>
     <w:rsid w:val="00FD643D"/>
     <w:rsid w:val="00FE32BD"/>
     <w:rsid w:val="00FE3612"/>
+    <w:rsid w:val="00FE4978"/>
     <w:rsid w:val="00FE5061"/>
     <w:rsid w:val="00FE7C91"/>
     <w:rsid w:val="00FF0ACE"/>
     <w:rsid w:val="00FF0DF7"/>
     <w:rsid w:val="00FF3780"/>
     <w:rsid w:val="00FF4CF8"/>
     <w:rsid w:val="00FF68B3"/>
     <w:rsid w:val="00FF7621"/>
     <w:rsid w:val="00FF7A18"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7675E87D"/>
   <w15:docId w15:val="{BB3274C0-2268-DB49-B529-023B5C8F2D25}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -33519,50 +34811,51 @@
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="FollowedHyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -34154,55 +35447,79 @@
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA0321"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="005D2703"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE452C"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00AE452C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143474958">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="205339018">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -34680,89 +35997,89 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jbleck@usf.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eta.health.usf.edu/publichealth/SHARP_Presentations/2012-2013/F13_Bleck/player.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eta.health.usf.edu/publichealth/SHARP_Presentations/2012-2013/SHARP_Spring2013_Bleck/player.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publichealth.stonybrookmedicine.edu/phpubfiles/GBV_reporting_web.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0243E3D2359973409266C9928F39AD4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A62C67FC-6321-EC4B-B763-55DD818240CA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00AB4641" w:rsidRDefault="00AF1525" w:rsidP="00AF1525">
           <w:pPr>
             <w:pStyle w:val="0243E3D2359973409266C9928F39AD4D"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:caps/>
             </w:rPr>
             <w:t>Type the document title</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -34783,241 +36100,275 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E4887"/>
     <w:rsid w:val="00021488"/>
     <w:rsid w:val="000445B7"/>
     <w:rsid w:val="00063B04"/>
     <w:rsid w:val="000641D0"/>
     <w:rsid w:val="000746DC"/>
     <w:rsid w:val="000B4EC7"/>
+    <w:rsid w:val="000C3D8C"/>
     <w:rsid w:val="000D2999"/>
+    <w:rsid w:val="000F5091"/>
     <w:rsid w:val="000F7CC6"/>
     <w:rsid w:val="00102EF6"/>
     <w:rsid w:val="0012004E"/>
     <w:rsid w:val="00121414"/>
+    <w:rsid w:val="0015063B"/>
     <w:rsid w:val="001523DA"/>
+    <w:rsid w:val="00172FD4"/>
     <w:rsid w:val="00185AC3"/>
     <w:rsid w:val="00192D11"/>
     <w:rsid w:val="001B5562"/>
     <w:rsid w:val="001C0B2E"/>
     <w:rsid w:val="001D10B2"/>
     <w:rsid w:val="001E7C48"/>
     <w:rsid w:val="001F4890"/>
     <w:rsid w:val="00210C01"/>
     <w:rsid w:val="00247066"/>
     <w:rsid w:val="00251604"/>
     <w:rsid w:val="0025222C"/>
     <w:rsid w:val="002A4E59"/>
+    <w:rsid w:val="002C0E07"/>
     <w:rsid w:val="002E04A6"/>
     <w:rsid w:val="003045D6"/>
     <w:rsid w:val="00333109"/>
     <w:rsid w:val="00342F36"/>
     <w:rsid w:val="00345288"/>
     <w:rsid w:val="0036640D"/>
     <w:rsid w:val="00381949"/>
     <w:rsid w:val="003C7D03"/>
     <w:rsid w:val="003E4887"/>
+    <w:rsid w:val="0043508B"/>
     <w:rsid w:val="00440E3F"/>
     <w:rsid w:val="00441EA7"/>
     <w:rsid w:val="00466EEA"/>
     <w:rsid w:val="00485D19"/>
     <w:rsid w:val="004B520B"/>
     <w:rsid w:val="004E12FB"/>
     <w:rsid w:val="004E298C"/>
+    <w:rsid w:val="0051142A"/>
     <w:rsid w:val="00540617"/>
     <w:rsid w:val="00553C28"/>
     <w:rsid w:val="00563D66"/>
+    <w:rsid w:val="00570BA9"/>
+    <w:rsid w:val="005A358C"/>
     <w:rsid w:val="005E78A2"/>
     <w:rsid w:val="005F1B23"/>
     <w:rsid w:val="006103C9"/>
     <w:rsid w:val="00611E7D"/>
     <w:rsid w:val="00615732"/>
+    <w:rsid w:val="00616B69"/>
+    <w:rsid w:val="00620835"/>
+    <w:rsid w:val="00651FBE"/>
     <w:rsid w:val="0065437A"/>
     <w:rsid w:val="00687F0C"/>
     <w:rsid w:val="006F05E4"/>
+    <w:rsid w:val="00702806"/>
     <w:rsid w:val="00702E12"/>
     <w:rsid w:val="0071602B"/>
+    <w:rsid w:val="00716213"/>
     <w:rsid w:val="007C19DB"/>
     <w:rsid w:val="007C6E53"/>
     <w:rsid w:val="007D1C7F"/>
     <w:rsid w:val="007D282E"/>
     <w:rsid w:val="007D30CA"/>
     <w:rsid w:val="007E7326"/>
+    <w:rsid w:val="007F04BF"/>
     <w:rsid w:val="00811A8B"/>
     <w:rsid w:val="00822C6B"/>
     <w:rsid w:val="00862E84"/>
     <w:rsid w:val="00881F7A"/>
     <w:rsid w:val="00893C38"/>
     <w:rsid w:val="008B3E9F"/>
     <w:rsid w:val="008C4683"/>
+    <w:rsid w:val="008C632D"/>
     <w:rsid w:val="008D3536"/>
     <w:rsid w:val="008F5AF1"/>
     <w:rsid w:val="009149EE"/>
     <w:rsid w:val="009315FE"/>
     <w:rsid w:val="009B3BAC"/>
     <w:rsid w:val="009C637C"/>
     <w:rsid w:val="009D0709"/>
     <w:rsid w:val="00A33E5A"/>
     <w:rsid w:val="00A50CD5"/>
     <w:rsid w:val="00AB4641"/>
     <w:rsid w:val="00AF1525"/>
     <w:rsid w:val="00AF255E"/>
     <w:rsid w:val="00AF614A"/>
     <w:rsid w:val="00B24E19"/>
     <w:rsid w:val="00B24E23"/>
     <w:rsid w:val="00B445D1"/>
     <w:rsid w:val="00B50619"/>
     <w:rsid w:val="00B55DF3"/>
     <w:rsid w:val="00B573D2"/>
     <w:rsid w:val="00B76491"/>
     <w:rsid w:val="00B9788D"/>
+    <w:rsid w:val="00BA7498"/>
     <w:rsid w:val="00BC1C6B"/>
     <w:rsid w:val="00BC4303"/>
+    <w:rsid w:val="00BC5E38"/>
+    <w:rsid w:val="00BF0640"/>
     <w:rsid w:val="00BF757E"/>
     <w:rsid w:val="00C612DC"/>
     <w:rsid w:val="00CA5284"/>
     <w:rsid w:val="00CB2A28"/>
     <w:rsid w:val="00CF427C"/>
+    <w:rsid w:val="00D10410"/>
+    <w:rsid w:val="00D15B3E"/>
+    <w:rsid w:val="00D23CC9"/>
+    <w:rsid w:val="00D33538"/>
+    <w:rsid w:val="00D7083E"/>
     <w:rsid w:val="00D74ACA"/>
     <w:rsid w:val="00D770E5"/>
     <w:rsid w:val="00D94D4C"/>
     <w:rsid w:val="00D95A49"/>
     <w:rsid w:val="00DD262D"/>
     <w:rsid w:val="00E218F2"/>
     <w:rsid w:val="00E5250E"/>
     <w:rsid w:val="00E801DB"/>
     <w:rsid w:val="00EE1090"/>
     <w:rsid w:val="00EF5E3F"/>
+    <w:rsid w:val="00F014AA"/>
     <w:rsid w:val="00F31741"/>
     <w:rsid w:val="00F55C18"/>
+    <w:rsid w:val="00F5681C"/>
     <w:rsid w:val="00F74C70"/>
     <w:rsid w:val="00FD116A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:defaultImageDpi w14:val="300"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -35393,51 +36744,51 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0243E3D2359973409266C9928F39AD4D">
     <w:name w:val="0243E3D2359973409266C9928F39AD4D"/>
     <w:rsid w:val="00AF1525"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
@@ -35736,79 +37087,79 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A208067-3C3C-EA40-846C-70255536BD27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>43362</Characters>
+  <Pages>27</Pages>
+  <Words>8012</Words>
+  <Characters>45669</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1184</Lines>
-  <Paragraphs>557</Paragraphs>
+  <Lines>380</Lines>
+  <Paragraphs>107</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MAY 2024</vt:lpstr>
+      <vt:lpstr>JUNE 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>USF Health</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50286</CharactersWithSpaces>
+  <CharactersWithSpaces>53574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>JUNE 2024</dc:title>
+  <dc:title>DECEMBER 2025</dc:title>
   <dc:subject/>
   <dc:creator>Jennifer Bleck</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>50e1aba581d6ca440731b2e7099c924fc801de175c0a21be36080d446525cfa1</vt:lpwstr>
   </property>
 </Properties>
 </file>