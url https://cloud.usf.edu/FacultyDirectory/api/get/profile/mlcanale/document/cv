--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -6,71 +6,84 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7471C96B" w14:textId="77777777" w:rsidR="00FB5284" w:rsidRPr="00577814" w:rsidRDefault="00FB5284" w:rsidP="00FA433B">
+    <w:p w14:paraId="22D5BDA5" w14:textId="77777777" w:rsidR="00EF194A" w:rsidRDefault="00EF194A" w:rsidP="00FA433B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00577814">
+    </w:p>
+    <w:p w14:paraId="7471C96B" w14:textId="03C7CB7A" w:rsidR="00FB5284" w:rsidRPr="00577814" w:rsidRDefault="00FB5284" w:rsidP="00FA433B">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Curriculum Vitae</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74912A02" w14:textId="77777777" w:rsidR="00FA433B" w:rsidRPr="00577814" w:rsidRDefault="00FA433B" w:rsidP="00FA433B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="260C67F0" w14:textId="77777777" w:rsidR="005F0F1B" w:rsidRPr="00577814" w:rsidRDefault="005F0F1B" w:rsidP="005F0F1B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
@@ -99,75 +112,59 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of South Florida, College of Nursing </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8B9938" w14:textId="77777777" w:rsidR="00E650AD" w:rsidRPr="00577814" w:rsidRDefault="00E650AD" w:rsidP="00E650AD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>12901 Bruce B. Downs Boulevard, MDC22, Tampa, FL  33602</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD93F96" w14:textId="0BB75543" w:rsidR="00FB5284" w:rsidRPr="00577814" w:rsidRDefault="00E650AD" w:rsidP="00690B00">
+    <w:p w14:paraId="2FD93F96" w14:textId="1A2018A9" w:rsidR="00FB5284" w:rsidRPr="00577814" w:rsidRDefault="00E650AD" w:rsidP="00690B00">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00577814">
-[...14 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00577814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>mlcanale@usf.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA433B" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00577814">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
@@ -1277,87 +1274,87 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53CA2A80" w14:textId="77777777" w:rsidR="000247F5" w:rsidRPr="00577814" w:rsidRDefault="0006652D" w:rsidP="000247F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2015</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000247F5" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Flipping the Classroom Course</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0994E61D" w14:textId="1D205B12" w:rsidR="000247F5" w:rsidRPr="00577814" w:rsidRDefault="000247F5" w:rsidP="000247F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>The Academy for Teaching and Learning Excellence (ATLE)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04AC9D53" w14:textId="77777777" w:rsidR="000247F5" w:rsidRPr="00577814" w:rsidRDefault="0006652D" w:rsidP="000247F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
@@ -1543,68 +1540,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>® Master Trainer Certification</w:t>
+        <w:t>TeamSTEPPS® Master Trainer Certification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7500B161" w14:textId="32036A46" w:rsidR="000247F5" w:rsidRPr="00577814" w:rsidRDefault="000247F5" w:rsidP="000247F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2185,70 +2165,60 @@
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Florida </w:t>
-[...8 lines deleted...]
-        <w:t>ServS</w:t>
+        <w:t>Florida ServS</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07172">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>afe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D07172">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07172">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047F8183" w14:textId="77777777" w:rsidR="00794274" w:rsidRDefault="00794274" w:rsidP="008D6C0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2567,120 +2537,128 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FB5284" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="142C47AF" w14:textId="77777777" w:rsidR="00A3725A" w:rsidRPr="00577814" w:rsidRDefault="00A3725A" w:rsidP="00D00ACA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10FC8931" w14:textId="5543BB7B" w:rsidR="00A3725A" w:rsidRPr="00577814" w:rsidRDefault="00A3725A" w:rsidP="00A3725A">
+    <w:p w14:paraId="10FC8931" w14:textId="393EEC9A" w:rsidR="00A3725A" w:rsidRPr="00577814" w:rsidRDefault="00A3725A" w:rsidP="00A3725A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00E70800" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00774898">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00556C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00556C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00774898">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E6F9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Doctor of Nursing Practice Program Director</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6027BC36" w14:textId="7097CEE6" w:rsidR="006348BB" w:rsidRPr="00577814" w:rsidRDefault="006348BB" w:rsidP="00A3725A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2773,50 +2751,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tampa, FL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FF1372" w14:textId="77777777" w:rsidR="00A3725A" w:rsidRPr="00577814" w:rsidRDefault="00A3725A" w:rsidP="00A3725A">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>College of Nursing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3CDAA1" w14:textId="77777777" w:rsidR="00D00ACA" w:rsidRPr="00577814" w:rsidRDefault="00D00ACA" w:rsidP="00A3725A">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301323C2" w14:textId="523A8695" w:rsidR="006348BB" w:rsidRPr="00577814" w:rsidRDefault="00D00ACA" w:rsidP="006348BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -4426,93 +4405,93 @@
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Staff CRNA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5B1378" w14:textId="2566F522" w:rsidR="000018DE" w:rsidRPr="00577814" w:rsidRDefault="000018DE" w:rsidP="000018DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bayfront Anesthesia Services</w:t>
       </w:r>
       <w:r w:rsidR="004360CA" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, P.A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4306D5D5" w14:textId="5CC2AE66" w:rsidR="000018DE" w:rsidRPr="00577814" w:rsidRDefault="000018DE" w:rsidP="000018DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Bayfront </w:t>
       </w:r>
       <w:r w:rsidR="00227B49" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5030,68 +5009,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>-Miller Award for Scholarly Writing</w:t>
+        <w:t>Clochesy-Miller Award for Scholarly Writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467EB045" w14:textId="461F2E28" w:rsidR="008F3949" w:rsidRPr="00577814" w:rsidRDefault="00A358E9" w:rsidP="00FC7EC2">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="526A4FC2" w14:textId="2FE4E1A5" w:rsidR="00FC7EC2" w:rsidRDefault="00FC7EC2" w:rsidP="00FC7EC2">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5541,165 +5503,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> – Published</w:t>
       </w:r>
       <w:r w:rsidR="00E7716F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / In Press</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C884A41" w14:textId="77777777" w:rsidR="00620C64" w:rsidRPr="00620C64" w:rsidRDefault="00620C64" w:rsidP="00620C64">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E02D70" w14:textId="7F63667E" w:rsidR="00620C64" w:rsidRDefault="00620C64" w:rsidP="00620C64">
+    <w:p w14:paraId="43E02D70" w14:textId="25081306" w:rsidR="00620C64" w:rsidRDefault="00620C64" w:rsidP="00620C64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CC1B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Canale M</w:t>
+      </w:r>
       <w:r w:rsidRPr="00620C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Canale M, Messenger H., Barkai R., Dabney C., Estevez M., Louis J., Zhang S.J. Optimizing buprenorphine induction: Updated approaches in opioid use disorder management. AANA J. Manuscript number: AANA-S-25-00116 (</w:t>
+        <w:t>, Messenger H., Barkai R., Dabney C., Estevez M., Louis J., Zhang S.J. Optimizing buprenorphine induction: Updated approaches in opioid use disorder management. AANA J. Manuscript number: AANA-S-25-00116 (</w:t>
       </w:r>
       <w:r w:rsidRPr="00620C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Accepted September 7, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00781CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; Scheduled for Publication in February 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00620C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73959745" w14:textId="4CD93557" w:rsidR="00620C64" w:rsidRPr="00620C64" w:rsidRDefault="00620C64" w:rsidP="00620C64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00620C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2960474B" w14:textId="7D078F86" w:rsidR="00882DA4" w:rsidRDefault="00882DA4" w:rsidP="00882DA4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cameron, S., Harlow, M., Lusnia, A., Roberson, T., Wofford, K., </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canale, M.</w:t>
       </w:r>
       <w:r w:rsidRPr="00882DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, &amp; Stanfield, S. Implementation of a Pain Management Checklist to Improve Postoperative Pain in Adult Surgical Patients. Journal of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Nursing, (</w:t>
+        <w:t>, &amp; Stanfield, S. Implementation of a Pain Management Checklist to Improve Postoperative Pain in Adult Surgical Patients. Journal of PeriAnesthesia Nursing, (</w:t>
       </w:r>
       <w:r w:rsidRPr="00882DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Accepted </w:t>
       </w:r>
       <w:r w:rsidR="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">August 22, </w:t>
       </w:r>
       <w:r w:rsidRPr="00882DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
@@ -5707,70 +5672,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00882DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403B6BB1" w14:textId="77777777" w:rsidR="009D4E08" w:rsidRDefault="009D4E08" w:rsidP="009D4E08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74BB2FEF" w14:textId="690A393A" w:rsidR="009D4E08" w:rsidRPr="009D4E08" w:rsidRDefault="009D4E08" w:rsidP="009D4E08">
+    <w:p w14:paraId="74BB2FEF" w14:textId="690A393A" w:rsidR="009D4E08" w:rsidRDefault="009D4E08" w:rsidP="009D4E08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Diaz, M., Maldonado, M., Rawson, E., </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canale, M.</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Davies, A., &amp; Dabney, C. Perioperative Guidelines for Peripheral Nerve Blocks. Nursing2025. (</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
@@ -5786,72 +5750,127 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ugust 4</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9D6975" w14:textId="77777777" w:rsidR="009D4E08" w:rsidRPr="00882DA4" w:rsidRDefault="009D4E08" w:rsidP="009D4E08">
+    <w:p w14:paraId="548CBDD6" w14:textId="77777777" w:rsidR="00CD1279" w:rsidRPr="00CD1279" w:rsidRDefault="00CD1279" w:rsidP="00CD1279">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16EE71B4" w14:textId="247E2E69" w:rsidR="00CD1279" w:rsidRPr="002249D3" w:rsidRDefault="002249D3" w:rsidP="009D4E08">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002249D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Canale M,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002249D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zhang SJ. The perceived value of the nursing profession and its future direction. Arch Nurs Healthc. 2025;3(1):15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002249D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002249D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="46438D39" w14:textId="77777777" w:rsidR="00882DA4" w:rsidRPr="00882DA4" w:rsidRDefault="00882DA4" w:rsidP="00882DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A33A1BD" w14:textId="61C18F60" w:rsidR="00AB401F" w:rsidRDefault="00AB401F" w:rsidP="004E2228">
+    <w:p w14:paraId="2A33A1BD" w14:textId="01C1295E" w:rsidR="00AB401F" w:rsidRDefault="00AB401F" w:rsidP="004E2228">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB401F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dabney C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -5903,139 +5922,91 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB401F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Zhang S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB401F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">J. Methadone or Buprenorphine, Is It Equal in Treating Opioid Dependent </w:t>
-[...87 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>J. Methadone or Buprenorphine, Is It Equal in Treating Opioid Dependent Parturients? AANA J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF194A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF194A" w:rsidRPr="00EF194A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF194A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020295F" w:rsidRPr="00EF194A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>October 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF194A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A4E075" w14:textId="77777777" w:rsidR="00AB401F" w:rsidRDefault="00AB401F" w:rsidP="00AB401F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3231FEDC" w14:textId="054365B9" w:rsidR="009567F0" w:rsidRDefault="009567F0" w:rsidP="004E2228">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -6118,129 +6089,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canale M.</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Preventing Spinal-induced Hypotension During Elective Cesarean Sections. </w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">J </w:t>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> ahead of print. PMID: 39488780.</w:t>
+        <w:t>J Perianesth Nurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 2024 Nov 1:S1089-9472(24)00391-5. doi: 10.1016/j.jopan.2024.07.023. Epub ahead of print. PMID: 39488780.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E10CC38" w14:textId="77777777" w:rsidR="0092607A" w:rsidRPr="00577814" w:rsidRDefault="0092607A" w:rsidP="0092607A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D194427" w14:textId="5FB4D18B" w:rsidR="009567F0" w:rsidRDefault="009567F0" w:rsidP="00025542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -6376,140 +6277,70 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rauch E. Implementation of a Preanesthetic Telehealth Visit to Reduce Day-of-Surgery Cancellations. </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk198391877"/>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">J </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>J Perianesth Nurs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Perianesth</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024 Aug 22:S1089-9472(24)00206-5. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> ahead of print. PMID: 39177561.</w:t>
+        <w:t xml:space="preserve"> 2024 Aug 22:S1089-9472(24)00206-5. doi: 10.1016/j.jopan.2024.05.022. Epub ahead of print. PMID: 39177561.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BE3474" w14:textId="77777777" w:rsidR="0092607A" w:rsidRPr="0092607A" w:rsidRDefault="0092607A" w:rsidP="0092607A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6740657F" w14:textId="63C08E20" w:rsidR="007D5849" w:rsidRPr="0092607A" w:rsidRDefault="007D5849" w:rsidP="00025542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6754,368 +6585,265 @@
       <w:r w:rsidRPr="0051277B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Manuscripts – Submitted</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1892B835" w14:textId="77777777" w:rsidR="00E82D62" w:rsidRPr="00E82D62" w:rsidRDefault="00E82D62" w:rsidP="00E82D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk198392136"/>
     </w:p>
-    <w:p w14:paraId="131A8159" w14:textId="750E92E9" w:rsidR="00927E72" w:rsidRPr="0020295F" w:rsidRDefault="00927E72" w:rsidP="0020295F">
+    <w:p w14:paraId="79F4F533" w14:textId="38621EC0" w:rsidR="00F67CD6" w:rsidRDefault="00F67CD6" w:rsidP="00F67CD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00927E72">
+      <w:r w:rsidRPr="00F67CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dixon, T., Tavilla, D., Thaker, P., </w:t>
+      </w:r>
+      <w:r w:rsidR="00322B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wofford, K.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00322B3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canale, M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00927E72">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00DE73EB">
+      <w:r w:rsidRPr="00F67CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Implementation of a Neuromuscular Blocking Agent Reversal Bundle to Reduce Postoperative Residual Curarization. </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07" w:rsidRPr="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ournal of</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07" w:rsidRPr="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Peri</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07" w:rsidRPr="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nesth</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esia</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07" w:rsidRPr="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nurs</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07" w:rsidRPr="009D3A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Submitted April 28, 2025</w:t>
-[...31 lines deleted...]
-      </w:pPr>
+        <w:t>Submitted March 29, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F67CD6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dixon, T., Tavilla, D., Thaker, P., </w:t>
-[...166 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C47DFA5" w14:textId="77777777" w:rsidR="00322B3B" w:rsidRPr="00322B3B" w:rsidRDefault="00322B3B" w:rsidP="00322B3B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="12333AAF" w14:textId="77777777" w:rsidR="00D66809" w:rsidRDefault="00D66809" w:rsidP="004C5E93">
-[...11 lines deleted...]
-    <w:p w14:paraId="302D1EEC" w14:textId="77777777" w:rsidR="0020295F" w:rsidRDefault="0020295F" w:rsidP="00D66809">
+    <w:p w14:paraId="02840C35" w14:textId="77777777" w:rsidR="00EF194A" w:rsidRDefault="00EF194A" w:rsidP="00D66809">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CB08EE" w14:textId="77777777" w:rsidR="0020295F" w:rsidRDefault="0020295F" w:rsidP="00D66809">
+    <w:p w14:paraId="6A846EE2" w14:textId="77777777" w:rsidR="00EF194A" w:rsidRDefault="00EF194A" w:rsidP="00D66809">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D36B0D" w14:textId="77777777" w:rsidR="00EF194A" w:rsidRDefault="00EF194A" w:rsidP="00D66809">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD0F916" w14:textId="77777777" w:rsidR="00EF194A" w:rsidRDefault="00EF194A" w:rsidP="00D66809">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48CD0CB9" w14:textId="77777777" w:rsidR="0020295F" w:rsidRDefault="0020295F" w:rsidP="00D66809">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7578,129 +7306,78 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B347EFF" w14:textId="118C5930" w:rsidR="005A60BC" w:rsidRDefault="005A60BC" w:rsidP="00025542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk203900449"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Barkai</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, R., </w:t>
+        <w:t xml:space="preserve">Barkai, R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Canale, M</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, M., Louis, J., &amp; Zhang, S. (2022, April). </w:t>
+        <w:t xml:space="preserve">., Dabney, C., Estevez, M., Louis, J., &amp; Zhang, S. (2022, April). </w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated practice on induction of buprenorphine in opioid-dependent patients. </w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Association of Nurse Anesthesiology Mid-Year Assembly</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8018,62 +7695,52 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>April</w:t>
       </w:r>
       <w:r w:rsidRPr="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Implementation of a Neuromuscular Blocking Agent Reversal Bundle to Reduce Postoperative Residual </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Implementation of a Neuromuscular Blocking Agent Reversal Bundle to Reduce Postoperative Residual Curarization</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk198392506"/>
       <w:r w:rsidRPr="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Association of Nurse Anesthesiology Annual Conference, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>April</w:t>
       </w:r>
@@ -8248,378 +7915,126 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="336EC29B" w14:textId="2A7A16DC" w:rsidR="00D05C3F" w:rsidRDefault="00F67CD6" w:rsidP="00D05C3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cameron, S., </w:t>
       </w:r>
       <w:r w:rsidR="007A256A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Harlow, M., </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Lusnia</w:t>
-[...9 lines deleted...]
-        <w:t>, A., Roberson, T.,</w:t>
+        <w:t>Lusnia, A., Roberson, T.,</w:t>
       </w:r>
       <w:r w:rsidR="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidR="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D6D45" w:rsidRPr="007A256A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Canale, M.</w:t>
       </w:r>
       <w:r w:rsidR="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2025, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005D6D45">
+        <w:t xml:space="preserve"> (2025, February 28). </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6D45" w:rsidRPr="005D6D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>February</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005D6D45">
+        <w:t>Implementation of a Pain Management Checklist to Improve Postoperative Pain in Adult Surgical Patients</w:t>
+      </w:r>
+      <w:r w:rsidR="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28). </w:t>
-[...239 lines deleted...]
-        <w:t xml:space="preserve"> Day. </w:t>
+        <w:t xml:space="preserve">. USF Research Day. </w:t>
       </w:r>
       <w:r w:rsidR="00D05C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tampa, FL, USA.</w:t>
       </w:r>
       <w:r w:rsidR="00D05C3F" w:rsidRPr="00D05C3F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00D05C3F" w:rsidRPr="008809DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://health.usf.edu/research/research-days</w:t>
         </w:r>
       </w:hyperlink>
@@ -8635,349 +8050,98 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3627F76E" w14:textId="129FF894" w:rsidR="009827FF" w:rsidRDefault="009827FF" w:rsidP="009827FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dixon, T., </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, P., &amp; </w:t>
+        <w:t xml:space="preserve">Dixon, T., Tavilla, D., Thaker, P., &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Canale, M</w:t>
       </w:r>
       <w:r w:rsidRPr="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2025, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>February</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>February 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009827FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009827FF">
+        <w:t xml:space="preserve">). Implementation of a Neuromuscular Blocking Agent Reversal Bundle to Reduce Postoperative Residual Curarization. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05C3F" w:rsidRPr="00D05C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
-[...208 lines deleted...]
-        <w:t xml:space="preserve"> Day. Tampa, FL, USA</w:t>
+        <w:t>USF Research Day. Tampa, FL, USA</w:t>
       </w:r>
       <w:r w:rsidR="00D05C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D05C3F" w:rsidRPr="00D05C3F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00D05C3F" w:rsidRPr="008809DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://health.usf.edu/research/research-days</w:t>
         </w:r>
       </w:hyperlink>
@@ -9271,71 +8435,59 @@
         <w:t>International</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41374E7C" w14:textId="77777777" w:rsidR="00B023EE" w:rsidRPr="00577814" w:rsidRDefault="00B023EE" w:rsidP="00EF4D41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41DB307B" w14:textId="1E975C82" w:rsidR="00B023EE" w:rsidRPr="00831EC5" w:rsidRDefault="00B023EE" w:rsidP="00831EC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00831EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>TeamSTEPPS</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Approach to Standardizing Patient Handoffs</w:t>
+        <w:t>TeamSTEPPS Approach to Standardizing Patient Handoffs</w:t>
       </w:r>
       <w:r w:rsidRPr="00831EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002227B3" w:rsidRPr="00831EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sigma Theta Tau International Honor Society for Nurses Conference, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2016, Tampa, FL</w:t>
       </w:r>
@@ -9715,71 +8867,59 @@
     <w:p w14:paraId="03494B38" w14:textId="77777777" w:rsidR="00700B7A" w:rsidRDefault="00700B7A" w:rsidP="00700B7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="058D0D48" w14:textId="083D0148" w:rsidR="00E45B40" w:rsidRPr="00700B7A" w:rsidRDefault="003018B6" w:rsidP="00700B7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00700B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>TeamSTEPPS</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">TeamSTEPPS </w:t>
       </w:r>
       <w:r w:rsidRPr="00700B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00700B7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Approach to Standardizing Patient Handoffs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527753F9" w14:textId="504DD1E5" w:rsidR="0011360A" w:rsidRPr="00396410" w:rsidRDefault="0011360A" w:rsidP="00700B7A">
       <w:pPr>
@@ -9875,90 +9015,69 @@
     </w:p>
     <w:p w14:paraId="16466D99" w14:textId="1B486EE1" w:rsidR="00B94A68" w:rsidRPr="00396410" w:rsidRDefault="00B94A68" w:rsidP="00774F78">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396410">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Serving and </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> for Florida CRNAs</w:t>
+        <w:t>Serving and Advocating for Florida CRNAs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566AD21C" w14:textId="707998A3" w:rsidR="00B94A68" w:rsidRPr="00B94A68" w:rsidRDefault="00B94A68" w:rsidP="00774F78">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B94A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Florida Association of Nurse Anesthesiology </w:t>
       </w:r>
       <w:r w:rsidR="00D67679">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sand and Surf Spring</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D67679">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conference, </w:t>
@@ -10001,51 +9120,50 @@
     </w:p>
     <w:p w14:paraId="4A468542" w14:textId="2A93F82C" w:rsidR="00B94A68" w:rsidRPr="00396410" w:rsidRDefault="00B94A68" w:rsidP="00774F78">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396410">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Meet Your Board of Directors: An overview of board governance, board positions and charge, board activities, and advocacy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18215E83" w14:textId="4A033D3F" w:rsidR="00C43059" w:rsidRPr="00577814" w:rsidRDefault="00D67679" w:rsidP="00774F78">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67679">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Florida Association of Nurse Anesthesiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10335,158 +9453,102 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42B66B55" w14:textId="5C783B80" w:rsidR="006954BD" w:rsidRDefault="00577814" w:rsidP="006954BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3FAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">USF Health Healthcare </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Podcasts: </w:t>
+        <w:t xml:space="preserve">USF Health Healthcare SuperTeams Podcast, hosted by Haru Okuda. (2024, May). Bridging the Gap: Gen X’s Vision for Healthcare’s Future. Retrieved from Buzzsprout Podcasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="006954BD" w:rsidRPr="00586C75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.buzzsprout.com/2332313/15131861</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1660878C" w14:textId="77777777" w:rsidR="006954BD" w:rsidRDefault="006954BD" w:rsidP="006954BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B85C49" w14:textId="4D74F450" w:rsidR="00785A56" w:rsidRPr="00444D1E" w:rsidRDefault="006954BD" w:rsidP="00444D1E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>MolinaCares</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">MolinaCares </w:t>
       </w:r>
       <w:r w:rsidR="00785A56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Accord, Panel on Health care Workforce Shortage in Florida. Tallahassee, FL (2023, May)  </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00785A56" w:rsidRPr="00586C75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://molinacares.com/event/addressing-health-care-workforce-shortages-in-florida/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3BE33DC1" w14:textId="77777777" w:rsidR="00246937" w:rsidRPr="00577814" w:rsidRDefault="00246937" w:rsidP="00C55D30">
@@ -11194,50 +10256,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Investigator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E9A4B8" w14:textId="40ADC37D" w:rsidR="00BE0B24" w:rsidRPr="00577814" w:rsidRDefault="00BE0B24" w:rsidP="00BE0B24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Percent effort: </w:t>
       </w:r>
       <w:r w:rsidR="00AB324B" w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N/A</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
@@ -11341,51 +10404,50 @@
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2027</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="7BEDB3CB" w14:textId="11FA176A" w:rsidR="00EF4D41" w:rsidRPr="00577814" w:rsidRDefault="00BE0B24" w:rsidP="00EF4D41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5D9F47" w14:textId="7190C6F5" w:rsidR="00BE0B24" w:rsidRPr="00577814" w:rsidRDefault="00BE0B24" w:rsidP="00BE0B24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agency:</w:t>
       </w:r>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -12611,77 +11673,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="370E265C" w14:textId="77777777" w:rsidR="00B521CD" w:rsidRPr="00577814" w:rsidRDefault="00B521CD" w:rsidP="00B521CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266C705D" w14:textId="73BEA7AE" w:rsidR="00B521CD" w:rsidRPr="00577814" w:rsidRDefault="00B521CD" w:rsidP="00B521CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>NGR 6432 Nurse Anesthesia Clinical Residency II (2 credits, doctoral clinical residency course, 2019; developed syllabus, course content, and modules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446B7BD6" w14:textId="77777777" w:rsidR="00B521CD" w:rsidRPr="00577814" w:rsidRDefault="00B521CD" w:rsidP="00B521CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EA85F5B" w14:textId="172BDBAF" w:rsidR="00B521CD" w:rsidRDefault="00B521CD" w:rsidP="00B521CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NGR 6431 Nurse Anesthesia Clinical Residency I (1 credit, doctoral clinical residency course, 2019; developed syllabus, course content, and modules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D9D0D23" w14:textId="77777777" w:rsidR="00396410" w:rsidRPr="00577814" w:rsidRDefault="00396410" w:rsidP="00B521CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CBDC77A" w14:textId="77777777" w:rsidR="00645AF0" w:rsidRPr="00577814" w:rsidRDefault="00645AF0" w:rsidP="00FB5284">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B4FA77C" w14:textId="48ED0ED3" w:rsidR="00396410" w:rsidRPr="00577814" w:rsidRDefault="00B9700F" w:rsidP="008944DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13422,95 +12484,95 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coordinate the course schedule each semester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C62A88D" w14:textId="77777777" w:rsidR="002E7D0F" w:rsidRPr="00577814" w:rsidRDefault="002E7D0F" w:rsidP="002E7D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Prepare and administer the nurse anesthesia program budget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE8EADC" w14:textId="77777777" w:rsidR="002E7D0F" w:rsidRPr="00577814" w:rsidRDefault="002E7D0F" w:rsidP="002E7D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chair and serve on University, USF Health, and College of Nursing Committees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6586D841" w14:textId="4675B341" w:rsidR="002E7D0F" w:rsidRPr="00577814" w:rsidRDefault="002E7D0F" w:rsidP="002E7D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Service on the DNP Curriculum Committee and Advancement and Promotion Taskforce, Interprofessional Education and Practice Executive Committee, and Educational Policy and Issues Committee at the College and University levels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7500EE07" w14:textId="77777777" w:rsidR="00807779" w:rsidRPr="00577814" w:rsidRDefault="002E7D0F" w:rsidP="00FB5284">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other USF Committees and Task Forces, as assigned or requested by leadership</w:t>
       </w:r>
     </w:p>
@@ -13662,67 +12724,57 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proficient with spinal placement and management for obstetric and general surgical cases</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627FB2D0" w14:textId="77777777" w:rsidR="00F45398" w:rsidRPr="00577814" w:rsidRDefault="00F45398" w:rsidP="00F45398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> arterial line placement and management</w:t>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proficient with arterial line placement and management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC120CB" w14:textId="77777777" w:rsidR="00F45398" w:rsidRPr="00577814" w:rsidRDefault="00F45398" w:rsidP="00F45398">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14F09DD2" w14:textId="5AC343A9" w:rsidR="00F45398" w:rsidRPr="00577814" w:rsidRDefault="00F45398" w:rsidP="000D3FAC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
@@ -14204,60 +13256,52 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Screen, interview, and hire new CRNAs for Level II Trauma Center and High-Risk Obstetrics Facility, including on-site Ambulatory Surgery Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F58B1C9" w14:textId="5748B00A" w:rsidR="009710BE" w:rsidRPr="00577814" w:rsidRDefault="009710BE" w:rsidP="009710BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a complete facility orientation to all new-hire CRNAs and Anesthesiologists and coordinate access to all requirements for practice i.e. employee badge, parking assignment, </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>electronic patient chart access, narcotic locker set-up, McKesson pharmaceutical dispensing access, personal locker assignment, etc.</w:t>
+        <w:t>Provide a complete facility orientation to all new-hire CRNAs and Anesthesiologists and coordinate access to all requirements for practice i.e. employee badge, parking assignment, electronic patient chart access, narcotic locker set-up, McKesson pharmaceutical dispensing access, personal locker assignment, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21886273" w14:textId="77777777" w:rsidR="009710BE" w:rsidRPr="00577814" w:rsidRDefault="009710BE" w:rsidP="009710BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7932B0F2" w14:textId="73C04F98" w:rsidR="009710BE" w:rsidRPr="00577814" w:rsidRDefault="009710BE" w:rsidP="000D3FAC">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
@@ -14444,67 +13488,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proficient with spinal placement and management for obstetric and general surgical cases</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40989432" w14:textId="77777777" w:rsidR="009710BE" w:rsidRPr="00577814" w:rsidRDefault="009710BE" w:rsidP="00B20E23">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> arterial line placement and management</w:t>
+      <w:r w:rsidRPr="00577814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proficient with arterial line placement and management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C064C4" w14:textId="34ED542C" w:rsidR="00F45398" w:rsidRPr="00577814" w:rsidRDefault="009710BE" w:rsidP="00F45398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577814">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regularly participate in pre-operative and post-operative rounding</w:t>
       </w:r>
@@ -14724,211 +13758,191 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024-2025: Hinshaw, K., Morgan, E., Vargas, J., Canale, M.  Improving Operating Room to Post Anesthesia Care Unit Handoffs: A Quality Improvement Initiative (DNP Program), Primary Advisor, College of Nursing, University of South Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C866CFF" w14:textId="77777777" w:rsidR="00142913" w:rsidRDefault="00142913" w:rsidP="00EB60F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="213F4425" w14:textId="0BA29EAE" w:rsidR="00142913" w:rsidRPr="00C16B43" w:rsidRDefault="00142913" w:rsidP="00C16B43">
+    <w:p w14:paraId="213F4425" w14:textId="0BA29EAE" w:rsidR="00142913" w:rsidRPr="00527083" w:rsidRDefault="00142913" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024-2025: Chamberlin, M.A., Javier, G.N., McLaughlin, K.B., Canale, M.  Implementing Quantitative Neuromuscular Monitoring to Reduce Residual Neuromuscular Blockade</w:t>
       </w:r>
-      <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
+      <w:r w:rsidR="00CC50A9" w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DNP Program), Primary Advisor,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> College of Nursing, </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Hlk198325630"/>
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="3210111B" w14:textId="77777777" w:rsidR="00142913" w:rsidRDefault="00142913" w:rsidP="00EB60F5">
-[...8 lines deleted...]
-    <w:p w14:paraId="41200280" w14:textId="01485ABC" w:rsidR="00D02EAA" w:rsidRPr="00C16B43" w:rsidRDefault="00D02EAA" w:rsidP="00C16B43">
+    <w:p w14:paraId="3210111B" w14:textId="77777777" w:rsidR="00142913" w:rsidRPr="00527083" w:rsidRDefault="00142913" w:rsidP="00EB60F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41200280" w14:textId="01485ABC" w:rsidR="00D02EAA" w:rsidRPr="00527083" w:rsidRDefault="00D02EAA" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16B43">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2023-2024: </w:t>
       </w:r>
-      <w:r w:rsidR="00EB60F5" w:rsidRPr="00C16B43">
+      <w:r w:rsidR="00EB60F5" w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dixon, Taylor; Tavilla, David; Thaker, Pankti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; Canale, Michelle</w:t>
       </w:r>
-      <w:r w:rsidR="00EB60F5" w:rsidRPr="00C16B43">
+      <w:r w:rsidR="00EB60F5" w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB60F5" w:rsidRPr="00C16B43">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00C16B43">
+      <w:r w:rsidR="00EB60F5" w:rsidRPr="00527083">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Implementation of a Neuromuscular Blocking Agent Reversal Bundle to Reduce Postoperative Residual Curarization </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(DNP Program), Primary Advisor, College of Nursing, </w:t>
       </w:r>
-      <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
+      <w:r w:rsidR="00CC50A9" w:rsidRPr="00527083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4518DC4D" w14:textId="3D48E48C" w:rsidR="007B1658" w:rsidRDefault="007B1658" w:rsidP="00FB5284">
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="4518DC4D" w14:textId="3D48E48C" w:rsidR="007B1658" w:rsidRPr="00527083" w:rsidRDefault="007B1658" w:rsidP="00FB5284">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="792BD415" w14:textId="4A759E17" w:rsidR="00D02EAA" w:rsidRPr="00C16B43" w:rsidRDefault="00D02EAA" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2023-2024: </w:t>
       </w:r>
       <w:r w:rsidR="00EB60F5" w:rsidRPr="00C16B43">
@@ -14995,255 +14009,138 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D79579C" w14:textId="69D8F7F8" w:rsidR="009C7BD4" w:rsidRPr="00C16B43" w:rsidRDefault="009C7BD4" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>2022-</w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> Canale, Michelle. </w:t>
+        <w:t xml:space="preserve">2022-2023: Billstein, Cayla; McCarthy, Lauren; La Barbera, Jamie; Canale, Michelle. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oxygenation Optimization: An Anesthesia Protocol for Bariatric Patients (DNP Program), Primary Advisor, College of Nursing, </w:t>
       </w:r>
       <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9924EE" w14:textId="77777777" w:rsidR="00CC50A9" w:rsidRPr="009C7BD4" w:rsidRDefault="00CC50A9" w:rsidP="009C7BD4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47A4EB10" w14:textId="5A5377D3" w:rsidR="009C7BD4" w:rsidRPr="00C16B43" w:rsidRDefault="009C7BD4" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2022-2023: Rowe, Nina; Calhoun, Kelsey; Oliver, Katlyn; Canale, Michelle. Preventing spinal-induced hypotension during elective cesarean sections (DNP Program), Primary Advisor, College of Nursing, </w:t>
       </w:r>
       <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D11269F" w14:textId="77777777" w:rsidR="009C7BD4" w:rsidRDefault="009C7BD4" w:rsidP="009C7BD4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D5D9AF8" w14:textId="39FAFA25" w:rsidR="009C7BD4" w:rsidRPr="00C16B43" w:rsidRDefault="009C7BD4" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2021-2022: Sylvester, Allison; Wohletz, Catherine; Canale, Michelle, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> a Perioperative Pain Management and Nausea and Vomiting Prophylaxis Protocol in Adult Ambulatory Patients Undergoing Breast Augmentation (DNP Program), Primary Advisor, College of Nursing, </w:t>
+        <w:t xml:space="preserve">2021-2022: Sylvester, Allison; Wohletz, Catherine; Canale, Michelle, Implementing a Perioperative Pain Management and Nausea and Vomiting Prophylaxis Protocol in Adult Ambulatory Patients Undergoing Breast Augmentation (DNP Program), Primary Advisor, College of Nursing, </w:t>
       </w:r>
       <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0EE273" w14:textId="77777777" w:rsidR="009C7BD4" w:rsidRPr="009C7BD4" w:rsidRDefault="009C7BD4" w:rsidP="009C7BD4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E283A6F" w14:textId="0D8EB3AA" w:rsidR="009C7BD4" w:rsidRPr="00C16B43" w:rsidRDefault="009C7BD4" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
@@ -15324,69 +14221,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F4FDEF6" w14:textId="61BA413A" w:rsidR="009C7BD4" w:rsidRDefault="009C7BD4" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2020-2021: Eisner, Andrew; Matamoros-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, Alvaro; Spivery, Kasey; Canale, Michelle. A Multimodal Analgesia Protocol for Abdominal Surgery Patients (DNP Program), Primary Advisor, College of Nursing, </w:t>
+        <w:t xml:space="preserve">2020-2021: Eisner, Andrew; Matamoros-Aunon, Alvaro; Spivery, Kasey; Canale, Michelle. A Multimodal Analgesia Protocol for Abdominal Surgery Patients (DNP Program), Primary Advisor, College of Nursing, </w:t>
       </w:r>
       <w:r w:rsidR="00CC50A9" w:rsidRPr="00C16B43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of South Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E64E0C" w14:textId="77777777" w:rsidR="00C16B43" w:rsidRPr="00C16B43" w:rsidRDefault="00C16B43" w:rsidP="00C16B43">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E094FF2" w14:textId="72A0655E" w:rsidR="00CF636C" w:rsidRPr="00CF636C" w:rsidRDefault="00C16B43" w:rsidP="00CF636C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -15596,51 +14475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Student </w:t>
       </w:r>
       <w:r w:rsidR="003818EE" w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organizations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613E38C2" w14:textId="77777777" w:rsidR="00886135" w:rsidRPr="00113C78" w:rsidRDefault="00886135" w:rsidP="00FB5284">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F639F77" w14:textId="503D974D" w:rsidR="00113C78" w:rsidRPr="00113C78" w:rsidRDefault="00886135" w:rsidP="00113C78">
+    <w:p w14:paraId="0F639F77" w14:textId="5E83F2BF" w:rsidR="00113C78" w:rsidRPr="00113C78" w:rsidRDefault="00886135" w:rsidP="00113C78">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00113C78" w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="009E6F9C">
@@ -15733,51 +14612,67 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00113C78" w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00113C78" w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00113C78" w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Anesthesiology Organization</w:t>
+        <w:t xml:space="preserve">Anesthesiology </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student </w:t>
+      </w:r>
+      <w:r w:rsidR="00113C78" w:rsidRPr="00113C78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C841B9C" w14:textId="77777777" w:rsidR="009C656E" w:rsidRDefault="00113C78" w:rsidP="00113C78">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -15841,153 +14736,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Presenter</w:t>
+      </w:r>
       <w:r w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Presenter</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="009C656E">
+        <w:t>MediFutures, USF, Tampa, F</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009C656E">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00886135" w:rsidRPr="009C656E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>MediFutures</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009C656E">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7054EF79" w14:textId="77777777" w:rsidR="00886135" w:rsidRPr="009C656E" w:rsidRDefault="00886135" w:rsidP="00FB5284">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, USF, Tampa, F</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="798BC02B" w14:textId="100E82D1" w:rsidR="00113C78" w:rsidRPr="00113C78" w:rsidRDefault="00886135" w:rsidP="00FB5284">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798BC02B" w14:textId="41561BC8" w:rsidR="00113C78" w:rsidRPr="00113C78" w:rsidRDefault="00886135" w:rsidP="00FB5284">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2014 – 202</w:t>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113C78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00BC7FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00113C78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -16732,50 +15614,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>University of South Florida</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DE4651" w14:textId="0F7FCFB9" w:rsidR="0054472F" w:rsidRPr="00173B1B" w:rsidRDefault="0054472F" w:rsidP="00173B1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2024-</w:t>
       </w:r>
       <w:r w:rsidR="00F41065" w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Gina Barber</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -16959,51 +15842,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>University of South Florida</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C863628" w14:textId="76C70E9D" w:rsidR="0054472F" w:rsidRPr="00173B1B" w:rsidRDefault="0054472F" w:rsidP="00173B1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2024-</w:t>
       </w:r>
       <w:r w:rsidR="00F41065" w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Marissa Gavilan</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -18591,68 +17473,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021-2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Collins</w:t>
+        <w:t>Kilstron Collins</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nursing</w:t>
       </w:r>
       <w:r w:rsidRPr="00173B1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -19062,921 +17927,821 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NGR 6004C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advanced Health Assessment for NA across the Lifespan, Faculty, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Advanced Health Assessment for NA across the Lifespan, Faculty, Fall 2024, Fall 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2907C700" w14:textId="7E8313C9" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fall</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>NGR 7955C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024, Fall 2023</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2907C700" w14:textId="7E8313C9" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t>DNP Project, Faculty, Fall 2024, Fall 2023, Fall 2022, Fall 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6A1E3F" w14:textId="264D95D6" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 7955C</w:t>
+        <w:t>NGR 7956C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">DNP Project, Faculty, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> DNP Project, Faculty, Spring 2025, Spring 2024, Spring 2023, Spring 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44172928" w14:textId="2816BAC3" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fall</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>NGR 7957C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024, Fall 2023, Fall 2022, Fall 2021</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A6A1E3F" w14:textId="264D95D6" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t xml:space="preserve"> DNP Project, Faculty, Summer 2024, Summer 2023, Summer 2022, Summer 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4792CE4E" w14:textId="3DAA6B60" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 7956C</w:t>
+        <w:t>NGR 7958C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DNP Project, Faculty, Spring 2025, Spring 2024, Spring 2023, Spring 2022</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44172928" w14:textId="2816BAC3" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t xml:space="preserve"> DNP Project, Faculty, Fall 2024, Fall 2023, Fall 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B83D278" w14:textId="77777777" w:rsidR="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 7957C</w:t>
+        <w:t>NGR 7974</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DNP Project, Faculty, Summer 2024, Summer 2023, Summer 2022, Summer 2021</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> DNP Project, Faculty, Summer 2022, Spring 2022, Fall 2021, Summer 2021, Spring 2021,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660159F4" w14:textId="5AA0D87F" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 7958C</w:t>
+        <w:t xml:space="preserve"> Fall 2020, Spring 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE4DAC1" w14:textId="0AA799B7" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NGR 6431</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DNP Project, Faculty, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Clinical Residency I, Faculty, Summer 2020, Fall 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="001C49A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Fall 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00026B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Fall 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A8F448" w14:textId="1F05F9D7" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fall</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>NGR 6432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024, Fall 2023, Fall 2022</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B83D278" w14:textId="77777777" w:rsidR="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t xml:space="preserve"> Clinical Residency II, Faculty, Spring 2020, Spring 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00026B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Spring 2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B043A6" w14:textId="4C86A98F" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 7974</w:t>
+        <w:t>NGR 6433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DNP Project, Faculty, Summer 2022, Spring 2022, Fall 2021, Summer 2021, Spring 2021,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="660159F4" w14:textId="5AA0D87F" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t xml:space="preserve"> Clinical Residency III, Faculty, Summer 2020, Summer 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="001C49A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Summer 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00026B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Summer 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6BD433" w14:textId="77777777" w:rsidR="001C49A3" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clinical Residency IV, Faculty, Summer 2024, Summer 2023, Summer 2022, Fall 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="001C49A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23201AD0" w14:textId="7C2673C0" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="001C49A3" w:rsidP="001C49A3">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Fall 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00026B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Fall 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B1596F" w14:textId="5DF18405" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clinical Residency V, Faculty, Fall 2024, Fall 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC0AFD2" w14:textId="042CE1CA" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clinical Residency VI, Faculty, Spring 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A25E37B" w14:textId="1A672CC6" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6440L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nurse Anesthesia Simulation Lab I, Faculty, Spring 2023, Spring 2022, Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95507">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBFC545" w14:textId="77777777" w:rsidR="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6441L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nurse Anesthesia Simulation Lab II, Faculty, Summer 2024, Summer 2023, Summer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A94B782" w14:textId="3E9277BD" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fall 2020, Spring 2019</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5CE4DAC1" w14:textId="0AA799B7" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t>2022, Summer 2021, Fall 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7650B730" w14:textId="20F33120" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 6431</w:t>
+        <w:t>NGR 6442L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Clinical Residency I, Faculty, Summer 2020, Fall 2019</w:t>
-[...7 lines deleted...]
-        <w:t>, Fall 2018</w:t>
+        <w:t xml:space="preserve"> Nurse Anesthesia Simulation Lab III, Faculty, Fall 2022, Fall 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2306FDC5" w14:textId="77777777" w:rsidR="00C739AF" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NGR 6492</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nurse Anesthesia Role Development, Faculty, </w:t>
+      </w:r>
+      <w:r w:rsidR="00460411">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2022. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 2021</w:t>
       </w:r>
       <w:r w:rsidR="00026B16">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, Fall 2017</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52A8F448" w14:textId="1F05F9D7" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00460411">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 2020,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119098C9" w14:textId="4BC271A0" w:rsidR="00A67CC2" w:rsidRPr="00A67CC2" w:rsidRDefault="00C739AF" w:rsidP="00C739AF">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00460411">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spring 2019, </w:t>
+      </w:r>
+      <w:r w:rsidR="00026B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00460411">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Spring 2017, Spring 2016, Spring 2015, Summer 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E99DC8A" w14:textId="6BC5C0CF" w:rsidR="00D55372" w:rsidRDefault="00A67CC2" w:rsidP="00A67CC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NGR 6432</w:t>
+        <w:t>NGR 6420</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Clinical Residency II, Faculty, Spring 2020, Spring 2019</w:t>
+        <w:t xml:space="preserve"> Foundations &amp; Methods Nurse Anesthesia, Faculty, Spring 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472D1334" w14:textId="77777777" w:rsidR="00C739AF" w:rsidRDefault="001C49A3" w:rsidP="00A67CC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NGR 6491: Nurse Anesthesia Practice Comprehensive Seminar, </w:t>
       </w:r>
       <w:r w:rsidR="00026B16">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, Spring 2018</w:t>
-[...515 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Faculty, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C739AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fall</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2020, </w:t>
+        <w:t xml:space="preserve">Fall 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fall 2018</w:t>
       </w:r>
       <w:r w:rsidR="00026B16">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15EA8F4F" w14:textId="5234AA7B" w:rsidR="001C49A3" w:rsidRDefault="00C739AF" w:rsidP="00C739AF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -20132,120 +18897,131 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NGR 6157: Physiology &amp; Pharmacology for CRNAs, Faculty, Spring 2014</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD7DE60" w14:textId="66F31E49" w:rsidR="00351AB3" w:rsidRPr="00E13D3C" w:rsidRDefault="00351AB3" w:rsidP="00EF4D41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70266CF3" w14:textId="77777777" w:rsidR="006C5D6D" w:rsidRPr="004C6378" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
+    <w:p w14:paraId="489CB5D9" w14:textId="77777777" w:rsidR="00527083" w:rsidRDefault="00527083" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C6378">
+    </w:p>
+    <w:p w14:paraId="70266CF3" w14:textId="729E93E5" w:rsidR="006C5D6D" w:rsidRPr="004C6378" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">SERVICE </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="004C6378">
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="525C46EE" w14:textId="0C92E657" w:rsidR="006C5D6D" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
+        <w:t xml:space="preserve">SERVICE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(list including organizing role, positions held)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2EAAD4" w14:textId="77777777" w:rsidR="006C5D6D" w:rsidRPr="004C6378" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C6378">
+    </w:p>
+    <w:p w14:paraId="525C46EE" w14:textId="0C92E657" w:rsidR="006C5D6D" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>College:</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6378">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>College:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B498C2A" w14:textId="77777777" w:rsidR="00E13D3C" w:rsidRPr="004C6378" w:rsidRDefault="00E13D3C" w:rsidP="006C5D6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54FD8BF7" w14:textId="1DEF52AF" w:rsidR="00FD3CC5" w:rsidRDefault="00FD3CC5" w:rsidP="00FD3CC5">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -20501,68 +19277,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Evaluations Task Force</w:t>
+        <w:t>Skyfactor Evaluations Task Force</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DE1B78" w14:textId="661261D9" w:rsidR="0031731A" w:rsidRPr="0031731A" w:rsidRDefault="009C656E" w:rsidP="0031731A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -20925,1007 +19684,1000 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AACN 2021 DNP Essentials Graduate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5024E5DD" w14:textId="77777777" w:rsidR="0031731A" w:rsidRDefault="0031731A" w:rsidP="0031731A">
       <w:pPr>
         <w:ind w:left="5040" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031731A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Curriculum Task Force</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="00A26383" w14:textId="77777777" w:rsidR="00F00B17" w:rsidRDefault="00E13D3C" w:rsidP="0031731A">
+    <w:p w14:paraId="00A26383" w14:textId="33082DA1" w:rsidR="00F00B17" w:rsidRDefault="00E13D3C" w:rsidP="0031731A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019-</w:t>
       </w:r>
+      <w:r w:rsidR="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00F00B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...7 lines deleted...]
-        <w:t>resent</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F00B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
+        <w:t>Faculty Council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00B17" w:rsidRPr="00F00B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sunshine Fund </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA620E" w14:textId="11D894A2" w:rsidR="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="0031731A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>2019-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Coordinator</w:t>
+        <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Secretary/Treasurer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Faculty Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FEE5B4" w14:textId="525B40FA" w:rsidR="008E493C" w:rsidRPr="00E13D3C" w:rsidRDefault="008E493C" w:rsidP="00491784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019-2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Admissions &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="00491784">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Progressions Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F10838" w14:textId="6201C1F6" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018-2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Academic Progression</w:t>
+      </w:r>
       <w:r w:rsidR="00F00B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>s Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D507FD" w14:textId="6F4A5EFF" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Graduate Clinical Program</w:t>
       </w:r>
       <w:r w:rsidR="00F00B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA03EDD" w14:textId="30661409" w:rsidR="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Adv</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>anced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Practice Leadership Team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3707CC" w14:textId="3CC63340" w:rsidR="008E493C" w:rsidRDefault="008E493C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="20AA620E" w14:textId="11D894A2" w:rsidR="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="0031731A">
+        <w:t>2017-present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Graduate Curriculum Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250629E8" w14:textId="5F25DB79" w:rsidR="008E493C" w:rsidRPr="00E13D3C" w:rsidRDefault="008E493C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017-present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Advanced Practice Leadership Team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9888D6" w14:textId="77555B4D" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2019-</w:t>
-      </w:r>
+        <w:t>2017-2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Co-Chair  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DNP &amp; Master’s Curriculum Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7A41AA" w14:textId="77777777" w:rsidR="008944DF" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016-2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chair</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Master’s Concentration Curriculum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C670F4" w14:textId="5F35D10D" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="008944DF" w:rsidP="008944DF">
+      <w:pPr>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2023</w:t>
-      </w:r>
+        <w:t>Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE81A1A" w14:textId="32FB34B3" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>2016-2017</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Secretary/Treasurer</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+        <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Faculty Council</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Student Affairs / Promotion Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA3B474" w14:textId="1D7373B8" w:rsidR="008944DF" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014-2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E13D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Master’s Concentration Directors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663E5300" w14:textId="354E8E4C" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="008944DF" w:rsidP="008944DF">
+      <w:pPr>
+        <w:ind w:left="5040" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2019-2020</w:t>
-[...68 lines deleted...]
-    <w:p w14:paraId="30F10838" w14:textId="6201C1F6" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+        <w:t>Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00031500" w14:textId="55880366" w:rsidR="00E13D3C" w:rsidRPr="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2018-2020</w:t>
-[...685 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2014-2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -22431,82 +21183,82 @@
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ractice</w:t>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2090901E" w14:textId="4EE03132" w:rsidR="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
+    <w:p w14:paraId="2090901E" w14:textId="01AF5C4A" w:rsidR="00E13D3C" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019-2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Member CEPI</w:t>
+        <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -22624,65 +21376,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="004C6378">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C726A4" w14:textId="77777777" w:rsidR="006C5D6D" w:rsidRPr="004C6378" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DDB721B" w14:textId="45074CF4" w:rsidR="006A365B" w:rsidRDefault="006A365B" w:rsidP="006C5D6D">
+    <w:p w14:paraId="4DDB721B" w14:textId="4C62D583" w:rsidR="006A365B" w:rsidRDefault="006A365B" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025- present </w:t>
+        <w:t xml:space="preserve">2025-present </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Director</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -22691,50 +21443,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>AANA Board of Directors</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="26AC9B1D" w14:textId="2D4559D5" w:rsidR="00F8450D" w:rsidRDefault="00F8450D" w:rsidP="006C5D6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Conference Planning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Florida Association of Nurse Anesthesiology</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="349B80BC" w14:textId="616DD6EF" w:rsidR="006C5D6D" w:rsidRPr="005D4FE6" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00BC7FE8" w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
@@ -22794,69 +21612,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F50BE4" w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F50BE4" w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC7FE8" w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Journal of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Nursing</w:t>
+        <w:t>Journal of PeriAnesthesia Nursing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA66D69" w14:textId="1EFA2EE9" w:rsidR="006C5D6D" w:rsidRDefault="006C5D6D" w:rsidP="006C5D6D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00BC7FE8" w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4-</w:t>
@@ -23037,133 +21837,127 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Membership Career Needs and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="515CA953" w14:textId="67FE322F" w:rsidR="00E13D3C" w:rsidRPr="005D4FE6" w:rsidRDefault="00E13D3C" w:rsidP="00E13D3C">
       <w:pPr>
         <w:ind w:left="5040" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13D3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Values Task Force</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="43114B66" w14:textId="09D1A8A2" w:rsidR="0093790A" w:rsidRDefault="005D4FE6" w:rsidP="00F50BE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk219531831"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2018-</w:t>
       </w:r>
-      <w:r w:rsidR="00F00B17">
-[...5 lines deleted...]
-        <w:t>p</w:t>
+      <w:r w:rsidR="00F8450D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>resent</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Chair </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:t>-</w:t>
+        <w:t xml:space="preserve"> Conference Planning</w:t>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Conference Planning</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005D4FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:tab/>
         <w:t>Florida Association of Nurse Anesthesiology</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="456CE988" w14:textId="01D9E683" w:rsidR="00F50BE4" w:rsidRPr="005D4FE6" w:rsidRDefault="0093790A" w:rsidP="00F50BE4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0093790A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
@@ -24828,141 +23622,149 @@
       </w:r>
       <w:r w:rsidRPr="00E857E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Selmon Mentoring</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55636FBF" w14:textId="2123B3A2" w:rsidR="00E857E7" w:rsidRDefault="00E857E7" w:rsidP="00E857E7">
       <w:pPr>
         <w:ind w:left="6480" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E857E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Institute</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2589D194" w14:textId="77777777" w:rsidR="003868D9" w:rsidRPr="004C6378" w:rsidRDefault="003868D9" w:rsidP="00E857E7">
       <w:pPr>
         <w:ind w:left="6480" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003868D9" w:rsidRPr="004C6378" w:rsidSect="00F262D8">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E7E2415" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07" w:rsidP="00067860">
+    <w:p w14:paraId="4439F097" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3" w:rsidP="00067860">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39F43BF8" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07" w:rsidP="00067860">
+    <w:p w14:paraId="255DE31C" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3" w:rsidP="00067860">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DEE2EB2" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07"/>
+    <w:p w14:paraId="7AAB6EE6" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-457651698"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
@@ -25050,84 +23852,87 @@
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="61C670F0" w14:textId="77777777" w:rsidR="000B02FC" w:rsidRDefault="000B02FC" w:rsidP="000B02FC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="335203C9" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07" w:rsidP="00067860">
+    <w:p w14:paraId="5923563D" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3" w:rsidP="00067860">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C441E7A" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07" w:rsidP="00067860">
+    <w:p w14:paraId="737ED7B8" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3" w:rsidP="00067860">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42D355D9" w14:textId="77777777" w:rsidR="00F93F07" w:rsidRDefault="00F93F07"/>
+    <w:p w14:paraId="3B34D101" w14:textId="77777777" w:rsidR="007A06F3" w:rsidRDefault="007A06F3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68237D6D" w14:textId="7B1099EC" w:rsidR="00D11BEA" w:rsidRDefault="00D11BEA" w:rsidP="00D11BEA">
+  <w:p w14:paraId="68237D6D" w14:textId="7E9DAAD3" w:rsidR="00D11BEA" w:rsidRDefault="00D11BEA" w:rsidP="00D11BEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="008B3FE2">
-      <w:t>9</w:t>
+    <w:r w:rsidR="00EB0D87">
+      <w:t>1</w:t>
     </w:r>
     <w:r>
-      <w:t>/2025</w:t>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00F8450D">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01084DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFE28AE8"/>
     <w:lvl w:ilvl="0" w:tplc="85A69A1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -29923,256 +28728,264 @@
   </w:num>
   <w:num w:numId="39" w16cid:durableId="665597488">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1701854228">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1168904789">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1531602139">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="114830580">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1573851668">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB5284"/>
     <w:rsid w:val="000018DE"/>
     <w:rsid w:val="000048B6"/>
     <w:rsid w:val="000247F5"/>
     <w:rsid w:val="00025542"/>
     <w:rsid w:val="00026B16"/>
     <w:rsid w:val="00027114"/>
     <w:rsid w:val="0005504F"/>
+    <w:rsid w:val="000654A9"/>
     <w:rsid w:val="0006652D"/>
     <w:rsid w:val="00067860"/>
     <w:rsid w:val="00071BC3"/>
     <w:rsid w:val="000738D9"/>
     <w:rsid w:val="00074D11"/>
     <w:rsid w:val="00081795"/>
     <w:rsid w:val="00094148"/>
     <w:rsid w:val="00094DE2"/>
     <w:rsid w:val="000951B5"/>
     <w:rsid w:val="0009582F"/>
     <w:rsid w:val="000A1227"/>
     <w:rsid w:val="000B02FC"/>
     <w:rsid w:val="000B4BFB"/>
     <w:rsid w:val="000B6EA1"/>
     <w:rsid w:val="000B7EF1"/>
     <w:rsid w:val="000C018E"/>
     <w:rsid w:val="000D37D3"/>
     <w:rsid w:val="000D3FAC"/>
     <w:rsid w:val="000E6EF1"/>
     <w:rsid w:val="000E7889"/>
     <w:rsid w:val="00110F7C"/>
     <w:rsid w:val="0011360A"/>
     <w:rsid w:val="00113C78"/>
     <w:rsid w:val="00113F93"/>
     <w:rsid w:val="00117980"/>
+    <w:rsid w:val="001202CA"/>
     <w:rsid w:val="00142913"/>
     <w:rsid w:val="001565EB"/>
     <w:rsid w:val="00173B1B"/>
     <w:rsid w:val="00182548"/>
     <w:rsid w:val="001833B7"/>
     <w:rsid w:val="0018681A"/>
+    <w:rsid w:val="00191494"/>
     <w:rsid w:val="0019205B"/>
     <w:rsid w:val="00195987"/>
     <w:rsid w:val="00195DF0"/>
     <w:rsid w:val="001A5A23"/>
     <w:rsid w:val="001A63FF"/>
     <w:rsid w:val="001B2797"/>
     <w:rsid w:val="001B405D"/>
     <w:rsid w:val="001B7314"/>
     <w:rsid w:val="001C0370"/>
     <w:rsid w:val="001C49A3"/>
     <w:rsid w:val="001C6BFD"/>
     <w:rsid w:val="001D3A56"/>
     <w:rsid w:val="001D5A2F"/>
     <w:rsid w:val="001E0210"/>
     <w:rsid w:val="001E1AC1"/>
     <w:rsid w:val="001E2F64"/>
     <w:rsid w:val="0020295F"/>
     <w:rsid w:val="00202CAE"/>
     <w:rsid w:val="002202CF"/>
     <w:rsid w:val="00220830"/>
     <w:rsid w:val="00220BA1"/>
     <w:rsid w:val="002227B3"/>
+    <w:rsid w:val="002249D3"/>
     <w:rsid w:val="00226B28"/>
     <w:rsid w:val="00227B49"/>
     <w:rsid w:val="00233ACF"/>
     <w:rsid w:val="00240AC4"/>
     <w:rsid w:val="00244093"/>
     <w:rsid w:val="002451E9"/>
     <w:rsid w:val="00246937"/>
     <w:rsid w:val="00253160"/>
     <w:rsid w:val="00270C09"/>
     <w:rsid w:val="0027588B"/>
     <w:rsid w:val="00275EB5"/>
     <w:rsid w:val="00282682"/>
     <w:rsid w:val="00286FCB"/>
     <w:rsid w:val="002938A0"/>
     <w:rsid w:val="002939B7"/>
+    <w:rsid w:val="002A03A9"/>
     <w:rsid w:val="002A0AC3"/>
     <w:rsid w:val="002A272E"/>
     <w:rsid w:val="002A7653"/>
     <w:rsid w:val="002B12A7"/>
     <w:rsid w:val="002B13A4"/>
     <w:rsid w:val="002B1595"/>
     <w:rsid w:val="002B24BC"/>
     <w:rsid w:val="002B3262"/>
     <w:rsid w:val="002B329B"/>
     <w:rsid w:val="002C1E87"/>
     <w:rsid w:val="002C47DE"/>
     <w:rsid w:val="002C4C90"/>
     <w:rsid w:val="002C6DFA"/>
     <w:rsid w:val="002E1206"/>
     <w:rsid w:val="002E7D0F"/>
     <w:rsid w:val="002F0004"/>
     <w:rsid w:val="002F511B"/>
     <w:rsid w:val="003018B6"/>
     <w:rsid w:val="0030322A"/>
     <w:rsid w:val="003112AF"/>
     <w:rsid w:val="00314A79"/>
     <w:rsid w:val="0031731A"/>
     <w:rsid w:val="00322B3B"/>
     <w:rsid w:val="003302CE"/>
     <w:rsid w:val="003357FB"/>
     <w:rsid w:val="00351AB3"/>
     <w:rsid w:val="0035407E"/>
     <w:rsid w:val="00364EC1"/>
     <w:rsid w:val="003710CC"/>
     <w:rsid w:val="003711E5"/>
     <w:rsid w:val="00375F4D"/>
     <w:rsid w:val="003818EE"/>
     <w:rsid w:val="003868D9"/>
     <w:rsid w:val="00394CAB"/>
     <w:rsid w:val="00395198"/>
     <w:rsid w:val="00396410"/>
     <w:rsid w:val="003A017E"/>
     <w:rsid w:val="003A1435"/>
     <w:rsid w:val="003B6605"/>
     <w:rsid w:val="003B6BA3"/>
     <w:rsid w:val="003B7A4B"/>
     <w:rsid w:val="003C4E9C"/>
+    <w:rsid w:val="003C5E32"/>
     <w:rsid w:val="003D5614"/>
     <w:rsid w:val="003E2F35"/>
     <w:rsid w:val="003E5908"/>
     <w:rsid w:val="003E6C08"/>
     <w:rsid w:val="003F1C20"/>
     <w:rsid w:val="003F371B"/>
     <w:rsid w:val="003F4368"/>
     <w:rsid w:val="003F63E9"/>
     <w:rsid w:val="00400FA9"/>
     <w:rsid w:val="00404264"/>
     <w:rsid w:val="00405A45"/>
     <w:rsid w:val="0040614C"/>
     <w:rsid w:val="00410669"/>
     <w:rsid w:val="00412351"/>
     <w:rsid w:val="004131A1"/>
     <w:rsid w:val="004200D8"/>
     <w:rsid w:val="00422AA1"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440DFB"/>
     <w:rsid w:val="00444D1E"/>
     <w:rsid w:val="00453732"/>
     <w:rsid w:val="00457127"/>
     <w:rsid w:val="00460411"/>
     <w:rsid w:val="00461035"/>
     <w:rsid w:val="00470D24"/>
     <w:rsid w:val="00471C6E"/>
     <w:rsid w:val="00472DB9"/>
     <w:rsid w:val="004914F7"/>
     <w:rsid w:val="00491784"/>
     <w:rsid w:val="004A2407"/>
     <w:rsid w:val="004A5B58"/>
     <w:rsid w:val="004B267A"/>
     <w:rsid w:val="004B2B58"/>
     <w:rsid w:val="004B33BF"/>
     <w:rsid w:val="004B4903"/>
     <w:rsid w:val="004B6A0C"/>
     <w:rsid w:val="004C1C5D"/>
     <w:rsid w:val="004C4DF2"/>
     <w:rsid w:val="004C5E93"/>
     <w:rsid w:val="004C6378"/>
     <w:rsid w:val="004C6BE1"/>
     <w:rsid w:val="004C7D46"/>
+    <w:rsid w:val="004D4123"/>
     <w:rsid w:val="004E2228"/>
     <w:rsid w:val="004E2421"/>
     <w:rsid w:val="004F1E04"/>
     <w:rsid w:val="004F2CEE"/>
     <w:rsid w:val="004F548F"/>
     <w:rsid w:val="004F7647"/>
     <w:rsid w:val="00500890"/>
     <w:rsid w:val="00502C4E"/>
     <w:rsid w:val="00506B35"/>
     <w:rsid w:val="00507A33"/>
     <w:rsid w:val="0051024F"/>
     <w:rsid w:val="0051065A"/>
     <w:rsid w:val="0051277B"/>
     <w:rsid w:val="00512B4E"/>
     <w:rsid w:val="0051474F"/>
     <w:rsid w:val="00514BB8"/>
     <w:rsid w:val="00516575"/>
     <w:rsid w:val="00516B11"/>
+    <w:rsid w:val="00527083"/>
     <w:rsid w:val="00532E2F"/>
     <w:rsid w:val="005358F2"/>
     <w:rsid w:val="0054472F"/>
+    <w:rsid w:val="00556C38"/>
     <w:rsid w:val="005570B5"/>
     <w:rsid w:val="005621C4"/>
     <w:rsid w:val="005644FC"/>
     <w:rsid w:val="00575931"/>
     <w:rsid w:val="00577814"/>
     <w:rsid w:val="00580EC7"/>
     <w:rsid w:val="00595929"/>
     <w:rsid w:val="00597ED1"/>
     <w:rsid w:val="005A105F"/>
     <w:rsid w:val="005A134D"/>
     <w:rsid w:val="005A60BC"/>
     <w:rsid w:val="005A6943"/>
     <w:rsid w:val="005A6B8B"/>
     <w:rsid w:val="005B0C7E"/>
     <w:rsid w:val="005D4FE6"/>
     <w:rsid w:val="005D6D45"/>
     <w:rsid w:val="005E1D08"/>
     <w:rsid w:val="005E3292"/>
     <w:rsid w:val="005E561C"/>
     <w:rsid w:val="005F0F1B"/>
     <w:rsid w:val="005F26A1"/>
     <w:rsid w:val="005F39D1"/>
     <w:rsid w:val="00603E9B"/>
     <w:rsid w:val="006100AB"/>
     <w:rsid w:val="00614172"/>
@@ -30186,76 +28999,79 @@
     <w:rsid w:val="006721A6"/>
     <w:rsid w:val="0067584E"/>
     <w:rsid w:val="00680C36"/>
     <w:rsid w:val="00690B00"/>
     <w:rsid w:val="0069328E"/>
     <w:rsid w:val="006954BD"/>
     <w:rsid w:val="00696FA6"/>
     <w:rsid w:val="006979D3"/>
     <w:rsid w:val="006A365B"/>
     <w:rsid w:val="006A603C"/>
     <w:rsid w:val="006B1D91"/>
     <w:rsid w:val="006B79FA"/>
     <w:rsid w:val="006C1548"/>
     <w:rsid w:val="006C34FB"/>
     <w:rsid w:val="006C3F8D"/>
     <w:rsid w:val="006C5D6D"/>
     <w:rsid w:val="006D159B"/>
     <w:rsid w:val="006D36EF"/>
     <w:rsid w:val="006D3778"/>
     <w:rsid w:val="006D696D"/>
     <w:rsid w:val="006D796D"/>
     <w:rsid w:val="006E251F"/>
     <w:rsid w:val="006E4DB4"/>
     <w:rsid w:val="006F7CEF"/>
     <w:rsid w:val="00700B7A"/>
+    <w:rsid w:val="00706F37"/>
     <w:rsid w:val="00712E30"/>
     <w:rsid w:val="0071334D"/>
     <w:rsid w:val="00713C0A"/>
     <w:rsid w:val="00714F91"/>
     <w:rsid w:val="0072148B"/>
     <w:rsid w:val="0072183D"/>
     <w:rsid w:val="007232B9"/>
     <w:rsid w:val="00726A4B"/>
     <w:rsid w:val="00741649"/>
     <w:rsid w:val="00745D15"/>
     <w:rsid w:val="00752A14"/>
     <w:rsid w:val="00754334"/>
     <w:rsid w:val="00770136"/>
     <w:rsid w:val="007703EB"/>
     <w:rsid w:val="007705EF"/>
     <w:rsid w:val="00771B3A"/>
     <w:rsid w:val="00771BDF"/>
     <w:rsid w:val="00774898"/>
     <w:rsid w:val="00774F78"/>
     <w:rsid w:val="0077662D"/>
+    <w:rsid w:val="00781CA1"/>
     <w:rsid w:val="00782327"/>
     <w:rsid w:val="00785A56"/>
     <w:rsid w:val="00794274"/>
     <w:rsid w:val="0079439C"/>
     <w:rsid w:val="00795E20"/>
     <w:rsid w:val="007968D3"/>
+    <w:rsid w:val="007A06F3"/>
     <w:rsid w:val="007A256A"/>
     <w:rsid w:val="007A3E16"/>
     <w:rsid w:val="007A6D25"/>
     <w:rsid w:val="007A6D81"/>
     <w:rsid w:val="007A7B23"/>
     <w:rsid w:val="007B1658"/>
     <w:rsid w:val="007B2136"/>
     <w:rsid w:val="007C79B0"/>
     <w:rsid w:val="007D5849"/>
     <w:rsid w:val="007E2EDF"/>
     <w:rsid w:val="007E7A93"/>
     <w:rsid w:val="007F2F02"/>
     <w:rsid w:val="00807779"/>
     <w:rsid w:val="00811561"/>
     <w:rsid w:val="00811720"/>
     <w:rsid w:val="00814CF5"/>
     <w:rsid w:val="00820E27"/>
     <w:rsid w:val="008210E6"/>
     <w:rsid w:val="00827368"/>
     <w:rsid w:val="008314CA"/>
     <w:rsid w:val="00831DD8"/>
     <w:rsid w:val="00831EC5"/>
     <w:rsid w:val="00832008"/>
     <w:rsid w:val="00832E82"/>
     <w:rsid w:val="00835170"/>
@@ -30340,50 +29156,51 @@
     <w:rsid w:val="00A358E9"/>
     <w:rsid w:val="00A3725A"/>
     <w:rsid w:val="00A43C6F"/>
     <w:rsid w:val="00A4535C"/>
     <w:rsid w:val="00A46989"/>
     <w:rsid w:val="00A50335"/>
     <w:rsid w:val="00A66428"/>
     <w:rsid w:val="00A66657"/>
     <w:rsid w:val="00A67CC2"/>
     <w:rsid w:val="00A72B7A"/>
     <w:rsid w:val="00A75CF7"/>
     <w:rsid w:val="00A81812"/>
     <w:rsid w:val="00A9229A"/>
     <w:rsid w:val="00A932C0"/>
     <w:rsid w:val="00A94C93"/>
     <w:rsid w:val="00AB324B"/>
     <w:rsid w:val="00AB401F"/>
     <w:rsid w:val="00AB4156"/>
     <w:rsid w:val="00AC1415"/>
     <w:rsid w:val="00AD002D"/>
     <w:rsid w:val="00AD12CF"/>
     <w:rsid w:val="00AD51F2"/>
     <w:rsid w:val="00AE0E25"/>
     <w:rsid w:val="00AE1E4F"/>
     <w:rsid w:val="00AF02F1"/>
+    <w:rsid w:val="00AF23C7"/>
     <w:rsid w:val="00AF3776"/>
     <w:rsid w:val="00AF5F36"/>
     <w:rsid w:val="00B023EE"/>
     <w:rsid w:val="00B07FA7"/>
     <w:rsid w:val="00B117E8"/>
     <w:rsid w:val="00B20E23"/>
     <w:rsid w:val="00B21245"/>
     <w:rsid w:val="00B3068A"/>
     <w:rsid w:val="00B33870"/>
     <w:rsid w:val="00B3657D"/>
     <w:rsid w:val="00B4255F"/>
     <w:rsid w:val="00B521CD"/>
     <w:rsid w:val="00B678D9"/>
     <w:rsid w:val="00B71B47"/>
     <w:rsid w:val="00B722A8"/>
     <w:rsid w:val="00B7323C"/>
     <w:rsid w:val="00B77FE3"/>
     <w:rsid w:val="00B802D4"/>
     <w:rsid w:val="00B8179C"/>
     <w:rsid w:val="00B9221B"/>
     <w:rsid w:val="00B941BE"/>
     <w:rsid w:val="00B94A68"/>
     <w:rsid w:val="00B9700F"/>
     <w:rsid w:val="00BA2297"/>
     <w:rsid w:val="00BA2B03"/>
@@ -30393,75 +29210,78 @@
     <w:rsid w:val="00BC16B9"/>
     <w:rsid w:val="00BC7FE8"/>
     <w:rsid w:val="00BE0B24"/>
     <w:rsid w:val="00BF51A5"/>
     <w:rsid w:val="00BF6D13"/>
     <w:rsid w:val="00C00462"/>
     <w:rsid w:val="00C015E1"/>
     <w:rsid w:val="00C1149E"/>
     <w:rsid w:val="00C16B43"/>
     <w:rsid w:val="00C272A3"/>
     <w:rsid w:val="00C33809"/>
     <w:rsid w:val="00C3775A"/>
     <w:rsid w:val="00C41228"/>
     <w:rsid w:val="00C43059"/>
     <w:rsid w:val="00C4373E"/>
     <w:rsid w:val="00C501A5"/>
     <w:rsid w:val="00C55D30"/>
     <w:rsid w:val="00C631FB"/>
     <w:rsid w:val="00C647BA"/>
     <w:rsid w:val="00C65317"/>
     <w:rsid w:val="00C739AF"/>
     <w:rsid w:val="00C95507"/>
     <w:rsid w:val="00CA097F"/>
     <w:rsid w:val="00CB5D51"/>
     <w:rsid w:val="00CC0350"/>
+    <w:rsid w:val="00CC1B69"/>
     <w:rsid w:val="00CC50A9"/>
     <w:rsid w:val="00CC5D64"/>
     <w:rsid w:val="00CC6DC8"/>
+    <w:rsid w:val="00CD1279"/>
     <w:rsid w:val="00CE715B"/>
     <w:rsid w:val="00CF3098"/>
     <w:rsid w:val="00CF386D"/>
     <w:rsid w:val="00CF3D37"/>
     <w:rsid w:val="00CF636C"/>
     <w:rsid w:val="00CF7252"/>
     <w:rsid w:val="00D00ACA"/>
     <w:rsid w:val="00D01A28"/>
     <w:rsid w:val="00D02EAA"/>
     <w:rsid w:val="00D05C3F"/>
     <w:rsid w:val="00D07172"/>
     <w:rsid w:val="00D108B8"/>
     <w:rsid w:val="00D1148C"/>
     <w:rsid w:val="00D11BEA"/>
     <w:rsid w:val="00D2137B"/>
     <w:rsid w:val="00D339A3"/>
     <w:rsid w:val="00D34691"/>
     <w:rsid w:val="00D44B3D"/>
     <w:rsid w:val="00D46948"/>
     <w:rsid w:val="00D469CE"/>
     <w:rsid w:val="00D46C4F"/>
     <w:rsid w:val="00D46CFC"/>
+    <w:rsid w:val="00D51DD0"/>
     <w:rsid w:val="00D55372"/>
     <w:rsid w:val="00D5547A"/>
     <w:rsid w:val="00D621A1"/>
     <w:rsid w:val="00D62BD5"/>
     <w:rsid w:val="00D66809"/>
     <w:rsid w:val="00D67679"/>
     <w:rsid w:val="00D71A06"/>
     <w:rsid w:val="00D76387"/>
     <w:rsid w:val="00D769EF"/>
     <w:rsid w:val="00D80A7F"/>
     <w:rsid w:val="00D86A23"/>
     <w:rsid w:val="00D96019"/>
     <w:rsid w:val="00DA6BC4"/>
     <w:rsid w:val="00DA6D33"/>
     <w:rsid w:val="00DB0F7E"/>
     <w:rsid w:val="00DB2C44"/>
     <w:rsid w:val="00DC72EA"/>
     <w:rsid w:val="00DD08FC"/>
     <w:rsid w:val="00DD2218"/>
     <w:rsid w:val="00DE04AE"/>
     <w:rsid w:val="00DE73EB"/>
     <w:rsid w:val="00DF135D"/>
     <w:rsid w:val="00DF1DCC"/>
     <w:rsid w:val="00DF46FA"/>
     <w:rsid w:val="00DF587F"/>
@@ -30471,80 +29291,84 @@
     <w:rsid w:val="00E45B40"/>
     <w:rsid w:val="00E560BF"/>
     <w:rsid w:val="00E571EB"/>
     <w:rsid w:val="00E60001"/>
     <w:rsid w:val="00E605FA"/>
     <w:rsid w:val="00E622B1"/>
     <w:rsid w:val="00E650AD"/>
     <w:rsid w:val="00E6791A"/>
     <w:rsid w:val="00E70800"/>
     <w:rsid w:val="00E738BF"/>
     <w:rsid w:val="00E75AE9"/>
     <w:rsid w:val="00E765DA"/>
     <w:rsid w:val="00E7716F"/>
     <w:rsid w:val="00E81071"/>
     <w:rsid w:val="00E821D8"/>
     <w:rsid w:val="00E828DC"/>
     <w:rsid w:val="00E82D62"/>
     <w:rsid w:val="00E83FFC"/>
     <w:rsid w:val="00E841AB"/>
     <w:rsid w:val="00E857E7"/>
     <w:rsid w:val="00E96D0E"/>
     <w:rsid w:val="00EA1CC3"/>
     <w:rsid w:val="00EA5132"/>
     <w:rsid w:val="00EA5C2D"/>
     <w:rsid w:val="00EB04CF"/>
+    <w:rsid w:val="00EB0D87"/>
     <w:rsid w:val="00EB2510"/>
     <w:rsid w:val="00EB5456"/>
     <w:rsid w:val="00EB60F5"/>
+    <w:rsid w:val="00EB7C2C"/>
     <w:rsid w:val="00EC472F"/>
     <w:rsid w:val="00ED0D51"/>
     <w:rsid w:val="00ED0E55"/>
     <w:rsid w:val="00ED4DDC"/>
     <w:rsid w:val="00EF0E34"/>
+    <w:rsid w:val="00EF194A"/>
     <w:rsid w:val="00EF4D41"/>
     <w:rsid w:val="00EF74FA"/>
     <w:rsid w:val="00F005A5"/>
     <w:rsid w:val="00F00B17"/>
     <w:rsid w:val="00F136D1"/>
     <w:rsid w:val="00F246A1"/>
     <w:rsid w:val="00F26101"/>
     <w:rsid w:val="00F262D8"/>
     <w:rsid w:val="00F269F0"/>
     <w:rsid w:val="00F31721"/>
     <w:rsid w:val="00F31D87"/>
     <w:rsid w:val="00F379A4"/>
     <w:rsid w:val="00F41065"/>
     <w:rsid w:val="00F45398"/>
     <w:rsid w:val="00F501D8"/>
     <w:rsid w:val="00F5026F"/>
     <w:rsid w:val="00F50BE4"/>
     <w:rsid w:val="00F613E8"/>
     <w:rsid w:val="00F61888"/>
     <w:rsid w:val="00F67CD6"/>
     <w:rsid w:val="00F71790"/>
     <w:rsid w:val="00F731E1"/>
+    <w:rsid w:val="00F8450D"/>
     <w:rsid w:val="00F87CE5"/>
     <w:rsid w:val="00F93F07"/>
     <w:rsid w:val="00F94E65"/>
     <w:rsid w:val="00FA0D9C"/>
     <w:rsid w:val="00FA13D8"/>
     <w:rsid w:val="00FA433B"/>
     <w:rsid w:val="00FA51AF"/>
     <w:rsid w:val="00FA7724"/>
     <w:rsid w:val="00FB02DA"/>
     <w:rsid w:val="00FB3D6A"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB6905"/>
     <w:rsid w:val="00FC0B1D"/>
     <w:rsid w:val="00FC2E8C"/>
     <w:rsid w:val="00FC425D"/>
     <w:rsid w:val="00FC7EC2"/>
     <w:rsid w:val="00FD3CC5"/>
     <w:rsid w:val="00FD5F24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -31539,76 +30363,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>30560</Characters>
+  <Pages>17</Pages>
+  <Words>5357</Words>
+  <Characters>30536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>254</Lines>
   <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35850</CharactersWithSpaces>
+  <CharactersWithSpaces>35822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jennifer Kue</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>84a34ac1ea952d8297e45da05b553958efa6cdf79412b44aa0d72f9985981ab4</vt:lpwstr>
   </property>