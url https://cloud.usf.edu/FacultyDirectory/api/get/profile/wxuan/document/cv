--- v0 (2025-12-05)
+++ v1 (2026-01-18)
@@ -1,57 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0E7F5320" w14:textId="77777777" w:rsidR="00E20AA9" w:rsidRDefault="00E20AA9" w:rsidP="00233435">
+    <w:p w14:paraId="0E7F5320" w14:textId="77777777" w:rsidR="00E20AA9" w:rsidRPr="00064A23" w:rsidRDefault="00E20AA9" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45A4A487" w14:textId="77777777" w:rsidR="004A6BEB" w:rsidRDefault="004A6BEB" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A6BEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -579,81 +577,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Research experience</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10656" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="108"/>
         <w:gridCol w:w="918"/>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="9108"/>
       </w:tblGrid>
       <w:tr w:rsidR="0078743A" w:rsidRPr="00233435" w14:paraId="499C8041" w14:textId="77777777" w:rsidTr="0078743A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B63247D" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="0025689C" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>2022.1-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="457B9A7D" w14:textId="77777777" w:rsidR="0078743A" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Assistant Professor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="123284A9" w14:textId="77777777" w:rsidR="00374D51" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -733,91 +729,89 @@
               <w:t>Alzheimer's disease</w:t>
             </w:r>
             <w:r w:rsidR="00017734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>aging</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE5440" w:rsidRPr="009F5AAA" w14:paraId="4946ACF6" w14:textId="77777777" w:rsidTr="0078743A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="108" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30F004EE" w14:textId="77777777" w:rsidR="00BE5440" w:rsidRPr="0025689C" w:rsidRDefault="00BE5440" w:rsidP="00233435">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025689C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>2020.2-</w:t>
             </w:r>
             <w:r w:rsidR="00233435">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>2021.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02F9EA84" w14:textId="77777777" w:rsidR="00BE5440" w:rsidRPr="00B51F11" w:rsidRDefault="001740F9" w:rsidP="00233435">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B51F11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Assistant Research Scientist</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A68B71" w14:textId="77777777" w:rsidR="00E979A6" w:rsidRDefault="001740F9" w:rsidP="00233435">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -941,133 +935,128 @@
             <w:r w:rsidR="00BA2B5B" w:rsidRPr="006C6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> muscle tissue. I am </w:t>
             </w:r>
             <w:r w:rsidR="00045447" w:rsidRPr="006C6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">also using aging mice, iPSC platform (dCas9-KRAB iPS cell line/ progeria iPS cell line), iPSC derived cardiomyocyte, cardiac fibroblast and CRISPR-Cas9 screening library to identify and test the potential targets for reversing aging heart. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0078743A" w:rsidRPr="009F5AAA" w14:paraId="6CD98ADD" w14:textId="77777777" w:rsidTr="0078743A">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19325FEA" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="009F5AAA" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9108" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C964B75" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="009F5AAA" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0078743A" w:rsidRPr="009F5AAA" w14:paraId="3A99E54E" w14:textId="77777777" w:rsidTr="0078743A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70B12570" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="009F5AAA" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9108" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56F61BEB" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="009F5AAA" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0078743A" w:rsidRPr="009F5AAA" w14:paraId="55EA2AAE" w14:textId="77777777" w:rsidTr="0078743A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CFEC07F" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="009F5AAA" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1083,51 +1072,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>20.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="142B95D7" w14:textId="77777777" w:rsidR="0078743A" w:rsidRPr="000A0FCE" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A0FCE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Postdoctoral Research Associate/Senior Research Associate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67201A71" w14:textId="77777777" w:rsidR="0078743A" w:rsidRDefault="0078743A" w:rsidP="00B3249C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1249,82 +1237,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Mentor:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Muhammad Ashraf  </w:t>
             </w:r>
             <w:r w:rsidR="003F76F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ph.D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F76F7" w:rsidRPr="006C6E42" w14:paraId="471FB71D" w14:textId="77777777" w:rsidTr="00B3249C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E02DA39" w14:textId="77777777" w:rsidR="003F76F7" w:rsidRPr="006C6E42" w:rsidRDefault="003F76F7" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2008-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E7A8C5B" w14:textId="77777777" w:rsidR="003F76F7" w:rsidRPr="005A232A" w:rsidRDefault="003F76F7" w:rsidP="00B3249C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A232A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>Graduate Research Assistant/ Research associate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E675C1E" w14:textId="77777777" w:rsidR="003F76F7" w:rsidRPr="006C6E42" w:rsidRDefault="003F76F7" w:rsidP="00B3249C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -1433,611 +1419,673 @@
             <w:r w:rsidRPr="006C6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Mentor: Yili Liu M.D; Yulin Liao M.D, </w:t>
             </w:r>
             <w:r w:rsidR="00543BA3" w:rsidRPr="006C6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ph.D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="201CB4F3" w14:textId="77777777" w:rsidR="003F76F7" w:rsidRDefault="003F76F7" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2735BF0A" w14:textId="111CFCD8" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2735BF0A" w14:textId="1DCB09D3" w:rsidR="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Teaching experience</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Teaching </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2514B4C6" w14:textId="3E382E11" w:rsidR="006C2D6D" w:rsidRDefault="006C2D6D" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PHA6336 Regenerative medicine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBB69EC" w14:textId="6AF0B318" w:rsidR="006C2D6D" w:rsidRDefault="006C2D6D" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PHA7930 Prac Exp: Basic Tools and Tech</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D896251" w14:textId="58F2A452" w:rsidR="006C2D6D" w:rsidRDefault="006C2D6D" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>GMS6605 Basic Medical Anatomy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EF7791" w14:textId="43BB3F71" w:rsidR="006C2D6D" w:rsidRDefault="006C2D6D" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PHA6562 Physiologic Basis disease</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BE88A8" w14:textId="0559E64E" w:rsidR="006C2D6D" w:rsidRPr="006C2D6D" w:rsidRDefault="00141EFD" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>2008-2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2008-2012</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D44B4" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Laboratory mentorship</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D44B4" w:rsidRPr="002A13E1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="004D44B4" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directly supervised and mentored </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MS and</w:t>
+      </w:r>
+      <w:r w:rsidR="004D44B4" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical students for their laboratory projects</w:t>
+      </w:r>
+      <w:r w:rsidR="00775472" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00775472" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Southern Medical University, China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2AEDE4" w14:textId="77777777" w:rsidR="006C2D6D" w:rsidRPr="006C2D6D" w:rsidRDefault="00D90041" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Laboratory mentorship</w:t>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E15B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2006-</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="001E15B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E646E2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="001E15B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clinical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E15B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teaching</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Southern Medical University, China;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shantou University Medical College, China</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directly mentored medical students </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinical intern</w:t>
+      </w:r>
+      <w:r w:rsidR="002A13E1" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s using clinical case studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simple medical procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="002A13E1" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56197C68" w14:textId="77777777" w:rsidR="00775472" w:rsidRDefault="00775472" w:rsidP="00233435">
-[...20 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="5A9A6065" w14:textId="35F0F7BC" w:rsidR="00542FB6" w:rsidRPr="006C2D6D" w:rsidRDefault="00666837" w:rsidP="00F138B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E15B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2018.3</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4C58" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>-2021.12</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contributions to the Development of </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2996" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Vascular Biology Center</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2996" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Augusta University</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6A26" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, USA</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2006-</w:t>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Laboratory</w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D59BB">
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E239DA" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mentor</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6A26" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00E239DA" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> high school student, </w:t>
+      </w:r>
+      <w:r w:rsidR="00525FAD" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">graduate student, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E239DA" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">postdocs in the lab </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6A26" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00525FAD" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their</w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resea</w:t>
+      </w:r>
+      <w:r w:rsidR="00525FAD" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00414EFB" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ch projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...195 lines deleted...]
-      <w:r w:rsidRPr="00B22E80">
+      <w:r w:rsidR="001E15B2" w:rsidRPr="006C2D6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2020.11 lecture</w:t>
       </w:r>
-      <w:r w:rsidR="00542FB6" w:rsidRPr="00B22E80">
+      <w:r w:rsidR="00542FB6" w:rsidRPr="006C2D6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00542FB6" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00542FB6" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VBIO 9010</w:t>
       </w:r>
-      <w:r w:rsidR="00542FB6" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00542FB6" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00542FB6" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00542FB6" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Seminar in Vascular Bio</w:t>
       </w:r>
-      <w:r w:rsidR="00470B87" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00470B87" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">- Vascular </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Biology</w:t>
       </w:r>
-      <w:r w:rsidR="00470B87" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00470B87" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F54BBF" w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F54BBF" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B22E80">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="001E15B2" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00470B87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006C2D6D" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>program</w:t>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00470B87" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:t>, USA</w:t>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00542FB6" w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Vascular Biology Center, Augusta University, USA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F70F3AE" w14:textId="77777777" w:rsidR="000E2599" w:rsidRDefault="000E2599" w:rsidP="001F250B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B41571D" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Grant support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B7EBF1" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
+    <w:p w14:paraId="74B7EBF1" w14:textId="55236E39" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Grant #</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
@@ -2067,74 +2115,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="008C3B2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001E15B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">1/1/2021-12/31/2025               </w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="004D59BB">
+        <w:t>1/1/2021-12/31/202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D433E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D59BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE378C8" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D59BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D59BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> hiPS cells derived skeletal muscle progenitors and their extracellular vesicles for treatment of sarcopenia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079D70CB" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Major Goal</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
@@ -2146,88 +2208,96 @@
     </w:p>
     <w:p w14:paraId="3DFCD0F2" w14:textId="77777777" w:rsidR="00521485" w:rsidRDefault="004D59BB" w:rsidP="001F250B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Role: PI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33934A4C" w14:textId="77777777" w:rsidR="001F250B" w:rsidRDefault="001F250B" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="196C69D9" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRPr="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
+    <w:p w14:paraId="196C69D9" w14:textId="32A3D493" w:rsidR="00DA1C9B" w:rsidRPr="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Grant # 3R01AG070145-04S1  Wanling</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Xuan</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (PI)                                                             6/15/2024-12/31/2024</w:t>
+        <w:t xml:space="preserve"> (PI)                                                             6/15/2024-12/31/202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2572BC" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRPr="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
@@ -2290,275 +2360,692 @@
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Major Goal</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>: This project will develop a novel and potentially effective extracellular vesicles-based treatment for Alzheimer's disease.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2C6021" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRPr="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
+    <w:p w14:paraId="7E2C6021" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Role: PI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A8FF66" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00233435">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="77D3FE63" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="00DA1C9B" w:rsidRDefault="006D433E" w:rsidP="00DA1C9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...57 lines deleted...]
-    <w:p w14:paraId="5C43447A" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9DC72C" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Florida High Tech Corridor Grant</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Florida High Tech Corridor Early-Stage Innovation Fund </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    06/01/2023- 05/30/2024 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BA6F422" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+        <w:t xml:space="preserve">Wanling Xuan (PI)    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>31/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2025-10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/31/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEECE95" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Title: IPS cells for cardiovascular and skeletal muscle diseases</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6EF080D5" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regenerative Extracellular Vesicle Therapy for Sarcopenia    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A77FDAD" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1B8B6C55" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Major Goal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: This project aims to establish a scalable and efficient methodology for the large-scale production of extracellular vesicles (EVs) derived from muscle progenitor cells, with the ultimate goal of enabling their clinical application in the treatment of sarcopenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284B9DA1" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4EC7C395" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Role: PI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EB03C6" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DFCBE6A" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Grant #</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1R61HL170457-01A1     Srinivas, Tipparaju (PI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   09/05/2024-7/31/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3421A92C" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Title:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P7C3 based small molecule for Heart failure treatment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A63CD76" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Major Goal:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Therapeutic development and discovery of innovative new class of “NAD+ activators” for heart failure treatment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CDDE7E" w14:textId="77777777" w:rsidR="006D433E" w:rsidRPr="006D433E" w:rsidRDefault="006D433E" w:rsidP="006D433E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D433E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Co-investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A8FF66" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00233435">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C43447A" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737938">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Florida High Tech Corridor Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Tipparaju PI, Co-PI: Xuan and Ashraf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    06/01/2023- 05/30/2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA6F422" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Title: IPS cells for cardiovascular and skeletal muscle diseases</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF080D5" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aim: The goal of the project is development of iPS cells for treatment of skeletal muscle and heart disease. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8B6C55" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Industry sponsor: IPS Heart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC7C395" w14:textId="77777777" w:rsidR="00737938" w:rsidRPr="00737938" w:rsidRDefault="00737938" w:rsidP="00737938">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737938">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Role: Co-PI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E8AC68" w14:textId="77777777" w:rsidR="00233435" w:rsidRDefault="00233435" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="472AD91D" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Peer-Reviewed Journal Articles </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E275715" w14:textId="5ABB4EC2" w:rsidR="000F73CF" w:rsidRPr="000F73CF" w:rsidRDefault="00E9324A" w:rsidP="000F73CF">
+    <w:p w14:paraId="6EA53B74" w14:textId="6D705481" w:rsidR="001A3FAF" w:rsidRDefault="001A3FAF" w:rsidP="006C2D6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>W Xuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3FAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (corresponding author), F Cheng, X Han, SM Tipparaju, M Ashraf. Impact of dystrophin deficiency on vascular smooth muscle cell. Sci Rep. 2025, Nov 24. doi: 10.1038/s41598-025-29484-3. PMID: 41286488.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD413DB" w14:textId="7B7D9F6C" w:rsidR="006C2D6D" w:rsidRPr="001A3FAF" w:rsidRDefault="006C2D6D" w:rsidP="006C2D6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruan J, Kang M, Wang R, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Xuan W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Cheng F, Yao Y.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Screening and identification of muscle pericyte selective markers.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sci Rep. 2025 Aug 7;15(1):28874.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PMID: 40775443</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7072B8" w14:textId="4C763A3E" w:rsidR="001A3FAF" w:rsidRPr="001A3FAF" w:rsidRDefault="001A3FAF" w:rsidP="006C2D6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xiaowei Han, Muhammad Ashraf, Hong Shi, Augustine T. Nkembo, Srinivas M. Tipparaju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064A23">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Wanling Xuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3FAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. Combined Endurance and Resistance Exercise Mitigates Age-Associated Cardiac Dysfunction. Advanced Biology, May 21, 2024. PMID: 38773896.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E275715" w14:textId="5D1FF7C0" w:rsidR="000F73CF" w:rsidRPr="000F73CF" w:rsidRDefault="00E9324A" w:rsidP="000F73CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9324A">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Joung W Kim, Ravikumar Manickam, Puja Sinha, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9324A">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
@@ -2607,255 +3094,112 @@
       <w:r w:rsidR="000F73CF" w:rsidRPr="000F73CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F73CF" w:rsidRPr="000F73CF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>J Cell Physiol. 2024 Sep;239(9):e31346.</w:t>
       </w:r>
       <w:r w:rsidR="000F73CF" w:rsidRPr="000F73CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F73CF" w:rsidRPr="000F73CF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>PMID: 38946152</w:t>
       </w:r>
       <w:r w:rsidR="000F73CF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA3EB7C" w14:textId="102A9F20" w:rsidR="00BB7BD6" w:rsidRDefault="00BB7BD6" w:rsidP="006F04A8">
+    <w:p w14:paraId="03193C05" w14:textId="035BA62F" w:rsidR="008774A0" w:rsidRDefault="00C538E0" w:rsidP="008774A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F04A8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006F04A8">
+      <w:r w:rsidRPr="00C538E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ganesh V Halade, Gunjan Upadhyay, MathanKumar Marimuthu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C538E0">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wanling </w:t>
-[...45 lines deleted...]
-      </w:pPr>
+        <w:t>Xuan Wanling</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C538E0">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ganesh V Halade, Gunjan Upadhyay, MathanKumar Marimuthu, </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>, Vasundhara Kain</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008774A0" w:rsidRPr="008774A0">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>Exercise reduces pro-inflammatory lipids and preserves resolution mediators that calibrate macrophage-centric immune metabolism in spleen and heart following obesogenic diet in aging mice</w:t>
       </w:r>
       <w:r w:rsidR="008774A0">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008774A0" w:rsidRPr="008774A0">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>J Mol Cell Cardiol. 2024 Mar:188:79-89. PMID: 38364731.</w:t>
-      </w:r>
-[...82 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448DE2B7" w14:textId="6640A1E9" w:rsidR="00BB7BD6" w:rsidRPr="006F04A8" w:rsidRDefault="00BB7BD6" w:rsidP="006F04A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F04A8">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashraf M, Tipparaju SM, Kim JW, </w:t>
       </w:r>
@@ -2998,51 +3342,50 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Xuan W</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, Khan M, Ashraf M. Extracellular Vesicles from Notch activated Cardiac Mesenchymal Stem Cells Promote Myocyte Proliferation and Neo-vasculogenesis. Front Cell Dev Biol.  2020 Feb 21; 8:11. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B83AB9F" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="006F04A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3527,50 +3870,51 @@
     </w:p>
     <w:p w14:paraId="3961F1CC" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="006F04A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Xie J, Liao Y, Yang L, Wu J, Liu C, </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Xuan W</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Li M, Zhang L, Liu Y, Wu P, Bin J. Ultrasound molecular imaging of angiogenesis induced by mutant forms of hypoxia inducible factor-1α. Cardiovasc Res. 2011 Nov 1; 92(2):256-66. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D85F653" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="006F04A8" w:rsidRDefault="004D59BB" w:rsidP="006F04A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
@@ -3606,353 +3950,477 @@
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ji L, Huang Q, Liu Y, Bin J. Late-phase detection of recent myocardial ischemia using ultrasound molecular imaging targeted to intercellular adhesion molecule-1. Cardiovasc Res. 2011 Jan 1; 89(1):175-83. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46086B26" w14:textId="77777777" w:rsidR="00193D7A" w:rsidRDefault="00193D7A" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="376D2CA7" w14:textId="75419BBD" w:rsidR="00193D7A" w:rsidRDefault="00193D7A" w:rsidP="00193D7A">
+    <w:p w14:paraId="47EC9120" w14:textId="3CE5692D" w:rsidR="006D433E" w:rsidRDefault="00193D7A" w:rsidP="00193D7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C538E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reviews</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03958AF6" w14:textId="38759DF3" w:rsidR="00C538E0" w:rsidRDefault="00C538E0" w:rsidP="00284379">
-      <w:pPr>
+    <w:p w14:paraId="237E3C8B" w14:textId="46B22887" w:rsidR="00C44F27" w:rsidRPr="0085026F" w:rsidRDefault="00C44F27" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-        <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MA Fahim, Y Yao, SM Tipparaju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>W</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>W Xuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. The heart-brain crosstalk in age related cardiovascular and neurodegenerative diseases. Fluids and Barriers of the CNS 22 (1), 1-15. PMID: 40859376.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508CDAC9" w14:textId="3DD02105" w:rsidR="0085026F" w:rsidRDefault="0085026F" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MA Fahim, Y Yao, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>W Xuan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Visceral Adipose Tissue and the Female Heart: Mechanisms and Implications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F4ED6" w:rsidRPr="004F4ED6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Current Opinion in Physiology, 100871</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510DB3F8" w14:textId="77777777" w:rsidR="0085026F" w:rsidRDefault="0085026F" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>W Xuan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Y Yao.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Laminin Receptors in Peripheral Tissues: Functions Revealed by Analysis of Knockout Mice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Am J Pathol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2025 Dec;195(12):2303-2319.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PMID: 40945909</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37741350" w14:textId="77777777" w:rsidR="0085026F" w:rsidRDefault="004F4ED6" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00393A22" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Xuan</w:t>
       </w:r>
-      <w:r w:rsidR="004F4ED6" w:rsidRPr="004F4ED6">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> PMID:</w:t>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, SM Tipparaju, M Ashraf. Transformational Applications of Human Cardiac Organoids in Cardiovascular Diseases. </w:t>
+      </w:r>
+      <w:r w:rsidR="00284379" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Front Cell Dev Biol. 2022 Jun 9:10:936084. PMID:</w:t>
       </w:r>
       <w:r w:rsidR="00284379" w:rsidRPr="00284379">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00284379" w:rsidRPr="00284379">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00284379" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>35813193.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23635C71" w14:textId="77777777" w:rsidR="0085026F" w:rsidRDefault="00284379" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">X Han, M Ashraf, S Tipparaju, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00284379">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00284379">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00284379">
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> PMID:</w:t>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Muscle-brain Crosstalk in Cognitive Impairment. Front Aging Neurosci. 2023 Jul 27:15:1221653. PMID:</w:t>
       </w:r>
       <w:r w:rsidRPr="00284379">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00284379">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>37577356.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D649211" w14:textId="2E5C3B80" w:rsidR="00B22E80" w:rsidRDefault="00393A22" w:rsidP="00CA71E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E5D" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">SR Ali, AT Nkembo, SM Tipparaju, M Ashraf, </w:t>
       </w:r>
-      <w:r w:rsidR="00272E5D" w:rsidRPr="00272E5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00272E5D" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
-      <w:r w:rsidR="00272E5D">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00272E5D" w:rsidRPr="0085026F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. Sarcopenia: recent advances for detection, progression, and metabolic alterations along with therapeutic targets. Can J Physiol Pharmacol. 2024 Aug 26. PMID: 39186818.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111291A1" w14:textId="0BC4F3D6" w:rsidR="00CA71E9" w:rsidRPr="006C2D6D" w:rsidRDefault="006C2D6D" w:rsidP="006C2D6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manickam R, Santhana S, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Xuan W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Bisht K, Tipparaju S.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nampt: a new therapeutic target for modulating NAD+ levels in metabolic, cardiovascular, and neurodegenerative diseases.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Can J Physiol Pharmacol. 2025 Jul 1;103(7):208-224.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2D6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PMID: 40203459</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E9F406E" w14:textId="77777777" w:rsidR="00193D7A" w:rsidRPr="00254DB8" w:rsidRDefault="00193D7A" w:rsidP="00193D7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1747B87A" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:pStyle w:val="CM7"/>
         <w:spacing w:after="40"/>
         <w:rPr>
@@ -4072,181 +4540,181 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Restoration of Dystrophin in Duchenne Muscular Dystrophy by Human iPS Cells Derived Skeletal Muscle Progenitor Cells. </w:t>
       </w:r>
       <w:r w:rsidRPr="00356C9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, Y Tang, M Ashraf. The FASEB Journal. Experimental Biology 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://doi.org/10.1096/fasebj.2020.34.s1.02223</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1525D91F" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Notch1 Overexpression in Cardiac Mesenchymal Stem Cells Renders their Exosomes Highly Effective in Promoting Angiogenesis and Cardiac Regeneration</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, Y Tang, M Ashraf. The FASEB Journal 33 (1_supplement), lb63-lb63. Experimental Biology 2019 (Orlando, USA).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68074A0F" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Exosomal miRNAs derived from specific cardiac progenitor cells exert strong therapeutic effect on myocardial infarction</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Wanling Xuan</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, Lei Wang, Yaoliang Tang, Muhammad Ashraf. The FASEB Journal, Experimental Biology 2018 (San Diego, USA).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB10C72" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Triggering Mechanism of Isoxazole in Cardiac Differentiation of Human Induced Pluripotent Stem Cells</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
       <w:r w:rsidR="006B35A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4256,51 +4724,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>irculation 136 (Issue Suppl 1) AHA 2017 (Orange county, LA, USA).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753759F0" w14:textId="77777777" w:rsidR="004D59BB" w:rsidRPr="004D59BB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Conversion of Human Induced Pluripotent Stem Cells into Cardiac Progenitor Cells for Heart Repair</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>W Xuan</w:t>
       </w:r>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4384,51 +4852,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, Shen L, Li X, Xu D, and Liao Y, Circulation. 2013; 128: A11457. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A562D5F" w14:textId="77777777" w:rsidR="004A6BEB" w:rsidRDefault="004D59BB" w:rsidP="00233435">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="004D59BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Evaluation of ICAM-1 expression for a recent myocardial ischemia in late time window with ultrasound molecular imaging</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D59BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0078743A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">J Bin, Y Yan, L Yang, J Wu, M Li, </w:t>
       </w:r>
       <w:r w:rsidRPr="0078743A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
@@ -4477,171 +4945,142 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Invited talk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044CE2E5" w14:textId="51A32409" w:rsidR="00E9324A" w:rsidRPr="007D057A" w:rsidRDefault="00E9324A" w:rsidP="007D057A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Human Pluripotent Stem Cells Derived Muscle Progenitors and Their Extracellular Vesicles for Treatment of Muscle Atrophy</w:t>
-[...5 lines deleted...]
-        <w:t>. Augusta University</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Human Pluripotent Stem Cells Derived Muscle Progenitors and Their Extracellular Vesicles for Treatment of Muscle Atrophy. Augusta University</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>11/2020</w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B394B9A" w14:textId="7420C476" w:rsidR="00E9324A" w:rsidRPr="007D057A" w:rsidRDefault="0096527C" w:rsidP="007D057A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>The Therapeutic Application of Extracellular Vesicles in Cardiovascular Diseases</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Therapeutic Application of Extracellular Vesicles in Cardiovascular Diseases.</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>University of South Florida</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>6/2021</w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF245C1" w14:textId="3668D61D" w:rsidR="0096527C" w:rsidRPr="007D057A" w:rsidRDefault="00B31A4B" w:rsidP="007D057A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Muscle Progenitor Cells Derived Extracellular Vesicles for the Treatment of Sarcopenia</w:t>
-[...17 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Muscle Progenitor Cells Derived Extracellular Vesicles for the Treatment of Sarcopenia. 13th World Congress of International Society for Adaptive Medicine,</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Orlando, USA</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4654,93 +5093,63 @@
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEB9422" w14:textId="61D982A5" w:rsidR="00B31A4B" w:rsidRPr="007D057A" w:rsidRDefault="00D2379B" w:rsidP="007D057A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Therapeutic Application of Extracellular Vesicles in Cardiovascular Diseases</w:t>
+        <w:t xml:space="preserve">Therapeutic Application of Extracellular Vesicles in Cardiovascular Diseases. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B553A2" w:rsidRPr="007D057A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10th Annual North American Section meeting of the International Academy of the Cardiovascular Sciences, </w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...35 lines deleted...]
-        <w:t>3.</w:t>
+        <w:t>IACS-NAS 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Tampa, USA</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>9/2023</w:t>
       </w:r>
@@ -4759,105 +5168,75 @@
           <w:numId w:val="7"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Role of Paracardial Adipose Tissue in Age Associated Cardiac Diastolic Dysfunction</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005D6024" w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Award of </w:t>
+        <w:t>Award of Institute of Cardiovascular Sciences (Winnipeg) Symposium on Women’s Heart Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00963EF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005D6024" w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Institute of Cardiovascular Sciences (Winnipeg) Symposium on Women’s Heart Health</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00963EF2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B553A2" w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D6024" w:rsidRPr="007D057A">
+        <w:t xml:space="preserve">11th Annual North American Section meeting of the International Academy of the Cardiovascular Sciences. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...35 lines deleted...]
-        <w:t>H</w:t>
+        <w:t>IACS-NAS 2024. H</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>ousto</w:t>
       </w:r>
       <w:r w:rsidRPr="007D057A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>n, USA</w:t>
       </w:r>
       <w:r w:rsidR="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00963EF2" w:rsidRPr="00963EF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>9/2024</w:t>
       </w:r>
@@ -4971,51 +5350,50 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66AF3D09" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Journal reviewer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC57163" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRPr="000E2599" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2599">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>AJP-Heart and Circulatory Physiology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109BCB1E" w14:textId="77777777" w:rsidR="00DA1C9B" w:rsidRPr="000E2599" w:rsidRDefault="00DA1C9B" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -5153,73 +5531,91 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765F35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Biochemical Genetics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555C4ED4" w14:textId="56161324" w:rsidR="00765F35" w:rsidRDefault="00765F35" w:rsidP="00DA1C9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765F35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>BMC Neuroscience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DCE3BA" w14:textId="5DD4FFD4" w:rsidR="001A6F33" w:rsidRDefault="005A20C5" w:rsidP="00DA1C9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A20C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CNS Neuroscience &amp; Therapeutics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643111F3" w14:textId="77777777" w:rsidR="00557355" w:rsidRPr="004D59BB" w:rsidRDefault="00557355" w:rsidP="00233435">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00557355" w:rsidRPr="004D59BB" w:rsidSect="00233435">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5251,51 +5647,51 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F2328C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFE0B028"/>
     <w:lvl w:ilvl="0" w:tplc="9252CF4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5749,50 +6145,230 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5310" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="602C4358"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C749932"/>
+    <w:lvl w:ilvl="0" w:tplc="E7CAED98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61BA6ACB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8988A94E"/>
+    <w:lvl w:ilvl="0" w:tplc="E7CAED98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78BA4B3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5628CA5E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5861,51 +6437,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ED03AB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C12ACC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5954,246 +6530,267 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1733000237">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="130945371">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1406024590">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="248390192">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="423428467">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1169058810">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="918443247">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:num w:numId="8" w16cid:durableId="1688603757">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="261496572">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF5684"/>
     <w:rsid w:val="00017734"/>
     <w:rsid w:val="00020D3C"/>
     <w:rsid w:val="00045447"/>
     <w:rsid w:val="00047024"/>
     <w:rsid w:val="00061856"/>
+    <w:rsid w:val="00064A23"/>
     <w:rsid w:val="000771CE"/>
     <w:rsid w:val="00092A50"/>
     <w:rsid w:val="000A0FCE"/>
     <w:rsid w:val="000C4C58"/>
     <w:rsid w:val="000E2599"/>
     <w:rsid w:val="000F6587"/>
     <w:rsid w:val="000F73CF"/>
+    <w:rsid w:val="00102DCD"/>
     <w:rsid w:val="00123E55"/>
     <w:rsid w:val="00141EFD"/>
     <w:rsid w:val="001740F9"/>
     <w:rsid w:val="00193D7A"/>
     <w:rsid w:val="00195662"/>
+    <w:rsid w:val="001A3FAF"/>
+    <w:rsid w:val="001A6F33"/>
+    <w:rsid w:val="001C5EB7"/>
     <w:rsid w:val="001D7D3E"/>
     <w:rsid w:val="001E15B2"/>
     <w:rsid w:val="001E406B"/>
     <w:rsid w:val="001F250B"/>
     <w:rsid w:val="00233435"/>
     <w:rsid w:val="00254DB8"/>
     <w:rsid w:val="0025689C"/>
     <w:rsid w:val="002718C1"/>
     <w:rsid w:val="00272E5D"/>
     <w:rsid w:val="0027302B"/>
     <w:rsid w:val="00284379"/>
     <w:rsid w:val="002A13E1"/>
     <w:rsid w:val="002C6BA5"/>
     <w:rsid w:val="00322CC5"/>
     <w:rsid w:val="00356C9F"/>
     <w:rsid w:val="00374D51"/>
     <w:rsid w:val="00377AE7"/>
     <w:rsid w:val="00393A22"/>
     <w:rsid w:val="00394034"/>
     <w:rsid w:val="00394C27"/>
+    <w:rsid w:val="003B20C3"/>
     <w:rsid w:val="003F2B65"/>
     <w:rsid w:val="003F76F7"/>
     <w:rsid w:val="00412B22"/>
     <w:rsid w:val="00414EFB"/>
     <w:rsid w:val="00452B4C"/>
     <w:rsid w:val="00453CAA"/>
     <w:rsid w:val="00470B87"/>
     <w:rsid w:val="004859AD"/>
     <w:rsid w:val="004A6BEB"/>
     <w:rsid w:val="004D2996"/>
     <w:rsid w:val="004D44B4"/>
     <w:rsid w:val="004D4BEB"/>
     <w:rsid w:val="004D59BB"/>
     <w:rsid w:val="004F2064"/>
     <w:rsid w:val="004F4ED6"/>
     <w:rsid w:val="00505FDD"/>
     <w:rsid w:val="00521485"/>
     <w:rsid w:val="00525FAD"/>
     <w:rsid w:val="00542FB6"/>
     <w:rsid w:val="00543BA3"/>
     <w:rsid w:val="00557355"/>
+    <w:rsid w:val="005A20C5"/>
     <w:rsid w:val="005A232A"/>
     <w:rsid w:val="005D4B79"/>
     <w:rsid w:val="005D6024"/>
     <w:rsid w:val="00620CB4"/>
     <w:rsid w:val="00644DF7"/>
     <w:rsid w:val="00655936"/>
     <w:rsid w:val="00666837"/>
+    <w:rsid w:val="00681633"/>
     <w:rsid w:val="006B35A4"/>
+    <w:rsid w:val="006C2D6D"/>
     <w:rsid w:val="006C57BD"/>
     <w:rsid w:val="006C6E42"/>
+    <w:rsid w:val="006D433E"/>
     <w:rsid w:val="006F04A8"/>
     <w:rsid w:val="007338D8"/>
     <w:rsid w:val="00737938"/>
     <w:rsid w:val="00765F35"/>
     <w:rsid w:val="00775472"/>
     <w:rsid w:val="00783180"/>
     <w:rsid w:val="0078743A"/>
     <w:rsid w:val="007C6A26"/>
     <w:rsid w:val="007D057A"/>
     <w:rsid w:val="007F5489"/>
     <w:rsid w:val="0080187A"/>
+    <w:rsid w:val="0085026F"/>
     <w:rsid w:val="00861324"/>
     <w:rsid w:val="008774A0"/>
     <w:rsid w:val="00891F32"/>
     <w:rsid w:val="008C3B2C"/>
     <w:rsid w:val="00900F83"/>
     <w:rsid w:val="00946452"/>
     <w:rsid w:val="00952829"/>
     <w:rsid w:val="00963EF2"/>
     <w:rsid w:val="0096527C"/>
     <w:rsid w:val="0097263C"/>
     <w:rsid w:val="00976E28"/>
     <w:rsid w:val="00977282"/>
     <w:rsid w:val="00A47441"/>
     <w:rsid w:val="00A52C70"/>
     <w:rsid w:val="00A543AE"/>
     <w:rsid w:val="00AB6A6B"/>
     <w:rsid w:val="00B00741"/>
     <w:rsid w:val="00B16EC6"/>
     <w:rsid w:val="00B22E80"/>
     <w:rsid w:val="00B319CC"/>
     <w:rsid w:val="00B31A4B"/>
     <w:rsid w:val="00B51F11"/>
     <w:rsid w:val="00B553A2"/>
     <w:rsid w:val="00BA2B5B"/>
     <w:rsid w:val="00BB7BD6"/>
     <w:rsid w:val="00BC4FF8"/>
     <w:rsid w:val="00BE5440"/>
     <w:rsid w:val="00BF5684"/>
     <w:rsid w:val="00C06A4F"/>
+    <w:rsid w:val="00C44F27"/>
     <w:rsid w:val="00C461A5"/>
     <w:rsid w:val="00C538E0"/>
+    <w:rsid w:val="00CA71E9"/>
     <w:rsid w:val="00D03D09"/>
     <w:rsid w:val="00D2379B"/>
     <w:rsid w:val="00D50769"/>
     <w:rsid w:val="00D90041"/>
     <w:rsid w:val="00D9673A"/>
     <w:rsid w:val="00D97A53"/>
     <w:rsid w:val="00DA1453"/>
     <w:rsid w:val="00DA1C9B"/>
     <w:rsid w:val="00E2087F"/>
     <w:rsid w:val="00E20AA9"/>
     <w:rsid w:val="00E239DA"/>
     <w:rsid w:val="00E30C51"/>
     <w:rsid w:val="00E646E2"/>
     <w:rsid w:val="00E9324A"/>
     <w:rsid w:val="00E979A6"/>
     <w:rsid w:val="00ED6E18"/>
+    <w:rsid w:val="00ED7171"/>
     <w:rsid w:val="00EF0F2C"/>
     <w:rsid w:val="00F12401"/>
+    <w:rsid w:val="00F138B1"/>
     <w:rsid w:val="00F51C28"/>
     <w:rsid w:val="00F54BBF"/>
     <w:rsid w:val="00FA7440"/>
     <w:rsid w:val="00FE0A44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="659B7443"/>
   <w15:docId w15:val="{10D49622-5BB1-433E-A827-52818914AEFE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6611,50 +7208,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00542FB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormFieldCaption1">
     <w:name w:val="Form Field Caption1"/>
@@ -6860,51 +7458,51 @@
     <w:semiHidden/>
     <w:rsid w:val="00557355"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00557355"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="265893546">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="397017415">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7068,51 +7666,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2103987152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1096/fasebj.2020.34.s1.02223" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?view_op=view_citation&amp;hl=en&amp;user=PboHR7kAAAAJ&amp;citation_for_view=PboHR7kAAAAJ:zYLM7Y9cAGgC" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/grantfolder/viewCommonsStatus.era?applId=10098452&amp;urlsignature=v1$26687025$eracert168_ks$NEKf5QE4pFBiDYt-yfk4iqp6dMVZybfW-Dk3EC0n-E4jSNekxHLPyAPXUMA9Og7fFr3aiXIGYiygtXB0P4d6MHOeZBmAYyAq4JX4jkfkwvDur-NcK5yFh71J86TZblBHj2-uDuVhqHIAqkFPuRaKzIRULPf0uybFqfHoB-SDLD3pgU5yZnk8GbWi-x31PbeYnJb_UO_TragnYXlAwYBwjJSMIIBhwxKUjnlKnTkzuRNrgg9N0syoTgwdzlfi3CgFptMWyQul1xN1cBjUsTVNbkLPrUyccl3wV6EXxmWbCM9IPxkLiWkFJ-zueU4cWg6o3o7HVkRNWa3DuM3VsOHK3Q.." TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/grantfolder/viewCommonsStatus.era?applId=10098452&amp;urlsignature=v1$26687025$eracert168_ks$NEKf5QE4pFBiDYt-yfk4iqp6dMVZybfW-Dk3EC0n-E4jSNekxHLPyAPXUMA9Og7fFr3aiXIGYiygtXB0P4d6MHOeZBmAYyAq4JX4jkfkwvDur-NcK5yFh71J86TZblBHj2-uDuVhqHIAqkFPuRaKzIRULPf0uybFqfHoB-SDLD3pgU5yZnk8GbWi-x31PbeYnJb_UO_TragnYXlAwYBwjJSMIIBhwxKUjnlKnTkzuRNrgg9N0syoTgwdzlfi3CgFptMWyQul1xN1cBjUsTVNbkLPrUyccl3wV6EXxmWbCM9IPxkLiWkFJ-zueU4cWg6o3o7HVkRNWa3DuM3VsOHK3Q.." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1096/fasebj.2020.34.s1.02223" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?view_op=view_citation&amp;hl=en&amp;user=PboHR7kAAAAJ&amp;citation_for_view=PboHR7kAAAAJ:zYLM7Y9cAGgC" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/grantfolder/viewCommonsStatus.era?applId=10098452&amp;urlsignature=v1$26687025$eracert168_ks$NEKf5QE4pFBiDYt-yfk4iqp6dMVZybfW-Dk3EC0n-E4jSNekxHLPyAPXUMA9Og7fFr3aiXIGYiygtXB0P4d6MHOeZBmAYyAq4JX4jkfkwvDur-NcK5yFh71J86TZblBHj2-uDuVhqHIAqkFPuRaKzIRULPf0uybFqfHoB-SDLD3pgU5yZnk8GbWi-x31PbeYnJb_UO_TragnYXlAwYBwjJSMIIBhwxKUjnlKnTkzuRNrgg9N0syoTgwdzlfi3CgFptMWyQul1xN1cBjUsTVNbkLPrUyccl3wV6EXxmWbCM9IPxkLiWkFJ-zueU4cWg6o3o7HVkRNWa3DuM3VsOHK3Q.." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7370,66 +7968,66 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>16155</Characters>
+  <Pages>1</Pages>
+  <Words>2831</Words>
+  <Characters>17303</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>308</Lines>
+  <Paragraphs>165</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18952</CharactersWithSpaces>
+  <CharactersWithSpaces>19969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>wanling xuan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>